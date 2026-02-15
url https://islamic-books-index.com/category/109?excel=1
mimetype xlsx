--- v0 (2025-10-21)
+++ v1 (2026-02-15)
@@ -167,51 +167,51 @@
   <si>
     <t>عبد الرحمن بن غالب العواجي</t>
   </si>
   <si>
     <t>مركز دلائل - الرياض</t>
   </si>
   <si>
     <t>فلسفة الطاقة، حقيقة أم خيال؟</t>
   </si>
   <si>
     <t>الإسلام والإلحاد وجها لوجه - سؤال وجواب</t>
   </si>
   <si>
     <t>هيثم طلعت</t>
   </si>
   <si>
     <t>دار الفرقان - الجزائر</t>
   </si>
   <si>
     <t>الرد على أشهر شبهات الملحدين</t>
   </si>
   <si>
     <t>بصائر</t>
   </si>
   <si>
-    <t>تبصير للنشر والتوزيع</t>
+    <t>تبصير للنشر والتوزيع - مصر</t>
   </si>
   <si>
     <t>ميليشيا الإلحاد (مدخل لفهم الإلحاد الجديد)</t>
   </si>
   <si>
     <t>عبدالله بن صالح العجيري</t>
   </si>
   <si>
     <t>الفصول المفيدة في تقوية العقيدة والرد على ملاحدة الشيوعية العنيدة</t>
   </si>
   <si>
     <t>جمع وترتيب</t>
   </si>
   <si>
     <t>أحمد بن منصور المنصور</t>
   </si>
   <si>
     <t>حوار الملحدين وشبهات الربوبيين</t>
   </si>
   <si>
     <t>رشيد بن خلف القليب</t>
   </si>
   <si>
     <t>مؤسسة الجريسي - الرياض</t>
   </si>