--- v0 (2025-10-23)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -354,50 +354,56 @@
     <t>تفسير جزء عم وأحكامه وفوائده</t>
   </si>
   <si>
     <t>فسر الآي</t>
   </si>
   <si>
     <t>دار التوحيد - الرياض</t>
   </si>
   <si>
     <t>تفسير جزء الذاريات وفوائده وأحكامه</t>
   </si>
   <si>
     <t>تفسير جزء الأحقاف وفوائده وأحكامه</t>
   </si>
   <si>
     <t>المكتبة الأسدية - مكة</t>
   </si>
   <si>
     <t>تفسير جزء الزمر وفوائده وأحكامه</t>
   </si>
   <si>
     <t>تفسير جزء يس وفوائده وأحكامه</t>
   </si>
   <si>
     <t>فسر الآيات</t>
+  </si>
+  <si>
+    <t>تفسير جزء الأحقاف</t>
+  </si>
+  <si>
+    <t>سعد بن ناصر الشثري</t>
   </si>
   <si>
     <t>ما تيسر وتحصل من دروس القرآن في حزب المفصل 2/1</t>
   </si>
   <si>
     <t>صالح بن فوزان الفوزان</t>
   </si>
   <si>
     <t>سلمان بن جابر السويلم</t>
   </si>
   <si>
     <t>مكتبة دار الحجاز - مصر</t>
   </si>
   <si>
     <t>الجامع في تفسير سورة الفاتحة</t>
   </si>
   <si>
     <t>صالح بن عبد العزيز آل الشيخ</t>
   </si>
   <si>
     <t>تفسير المفصل من سورة ق إلى سورة الحديد</t>
   </si>
   <si>
     <t>عادل بن محمد مرسي رفاعي</t>
   </si>
@@ -806,51 +812,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1727,337 +1733,360 @@
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>26</v>
       </c>
       <c r="G34" t="s">
         <v>113</v>
       </c>
       <c r="H34" t="s">
         <v>28</v>
       </c>
       <c r="I34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>11600</v>
+        <v>11550</v>
       </c>
       <c r="C35" t="s">
         <v>114</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>115</v>
       </c>
-      <c r="G35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I35" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>11650</v>
+        <v>11600</v>
       </c>
       <c r="C36" t="s">
+        <v>116</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
+        <v>117</v>
+      </c>
+      <c r="G36" t="s">
+        <v>27</v>
+      </c>
+      <c r="H36" t="s">
         <v>118</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" t="s">
+      <c r="I36" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
         <v>11650</v>
       </c>
       <c r="C37" t="s">
         <v>120</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-      <c r="H37" t="s">
         <v>121</v>
       </c>
       <c r="I37" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>11700</v>
+        <v>11650</v>
       </c>
       <c r="C38" t="s">
         <v>122</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" t="s">
+        <v>121</v>
+      </c>
+      <c r="G38" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" t="s">
         <v>123</v>
       </c>
       <c r="I38" t="s">
-        <v>55</v>
+        <v>119</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>11750</v>
+        <v>11700</v>
       </c>
       <c r="C39" t="s">
         <v>124</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" t="s">
         <v>125</v>
       </c>
       <c r="I39" t="s">
-        <v>126</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>11751</v>
+        <v>11750</v>
       </c>
       <c r="C40" t="s">
+        <v>126</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
       <c r="I40" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>11800</v>
+        <v>11751</v>
       </c>
       <c r="C41" t="s">
         <v>129</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
+        <v>127</v>
+      </c>
+      <c r="I41" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
         <v>11800</v>
       </c>
       <c r="C42" t="s">
+        <v>131</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" t="s">
         <v>132</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" t="s">
+      <c r="I42" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>20000</v>
+        <v>11800</v>
       </c>
       <c r="C43" t="s">
+        <v>134</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
         <v>135</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" t="s">
+      <c r="I43" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>20000</v>
       </c>
       <c r="C44" t="s">
+        <v>137</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
         <v>138</v>
       </c>
-      <c r="D44" t="s">
-[...5 lines deleted...]
-      <c r="F44" t="s">
+      <c r="I44" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>20000</v>
       </c>
       <c r="C45" t="s">
+        <v>140</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
         <v>141</v>
       </c>
-      <c r="D45" t="s">
-[...5 lines deleted...]
-      <c r="F45" t="s">
+      <c r="I45" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
         <v>20000</v>
       </c>
       <c r="C46" t="s">
+        <v>143</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>144</v>
+      </c>
+      <c r="G46" t="s">
+        <v>145</v>
+      </c>
+      <c r="H46" t="s">
         <v>146</v>
       </c>
-      <c r="D46" t="s">
-[...5 lines deleted...]
-      <c r="F46" t="s">
+      <c r="I46" t="s">
         <v>147</v>
       </c>
-      <c r="I46" t="s">
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47">
+        <v>46</v>
+      </c>
+      <c r="B47">
+        <v>20000</v>
+      </c>
+      <c r="C47" t="s">
         <v>148</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" t="s">
+        <v>149</v>
+      </c>
+      <c r="I47" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">