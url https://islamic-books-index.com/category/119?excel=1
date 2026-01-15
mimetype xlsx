--- v0 (2025-10-31)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -422,81 +422,99 @@
   <si>
     <t>دار التوحيد للنشر - الرياض</t>
   </si>
   <si>
     <t>المزيد في شرح كتاب التوحيد الذي هو حق الله على العبيد</t>
   </si>
   <si>
     <t>خالد بن عبد الله المصلح</t>
   </si>
   <si>
     <t>تقديم</t>
   </si>
   <si>
     <t>الشيخ صالح بن فوزان الفوزان</t>
   </si>
   <si>
     <t>مكتبة الرشد - الرياض</t>
   </si>
   <si>
     <t>المحاورات لطلب الأمر الرشيد في تفهم كتاب التوحيد 2/1</t>
   </si>
   <si>
     <t>عبد الله بن محمد الغنيمان</t>
   </si>
   <si>
+    <t>بداية المستفيد ونهاية المفيد شرح كتاب التوحيد</t>
+  </si>
+  <si>
+    <t>محمد الخميس ومحمد طاهري</t>
+  </si>
+  <si>
+    <t>دار لطائف - الكويت</t>
+  </si>
+  <si>
     <t>حلية المستفيد شرح كتاب التوحيد 2/1</t>
   </si>
   <si>
     <t>عبد الكريم بن عبد الله الخضير</t>
   </si>
   <si>
     <t>دار طيبة الخضراء - مكة</t>
   </si>
   <si>
     <t>سعد بن ناصر الشثري</t>
   </si>
   <si>
     <t>دار كنوز أشبيليا - الرياض</t>
   </si>
   <si>
     <t>الجديد في شرح كتاب التوحيد</t>
   </si>
   <si>
     <t>محمد بن عبد العزيز القرعاوي</t>
   </si>
   <si>
     <t>محمد بن أحمد سيد أحمد</t>
   </si>
   <si>
     <t>مكتبة دار المنهاج - الرياض</t>
   </si>
   <si>
     <t>شرح ثلاثة الأصول، ويليه شرح كتاب التوحيد</t>
   </si>
   <si>
     <t>عبد العزيز بن أحمد البداح</t>
+  </si>
+  <si>
+    <t>المجموع في تقرير العقيدة السنية من كلام علماء الحنفية على كتاب (التوحيد) 2/1</t>
+  </si>
+  <si>
+    <t>شاب الدين سيدوف</t>
+  </si>
+  <si>
+    <t>مركز سطور البحث العلمي - المدينة</t>
   </si>
   <si>
     <t>منحة الحميد في تقريب كتاب التوحيد للإمام محمد بن عبد الوهاب رحمه الله</t>
   </si>
   <si>
     <t>خالد بن عبد الله الدبيخي</t>
   </si>
   <si>
     <t>د. عبد العزيز آل عبد اللطيف</t>
   </si>
   <si>
     <t>الإقليد في تخريج كتاب التوحيد للشيخ محمد بن عبد الوهاب</t>
   </si>
   <si>
     <t>محمد بن إبراهيم التويجري</t>
   </si>
   <si>
     <t>دار المحدث - الرياض</t>
   </si>
   <si>
     <t>إتحاف المستفيد بتقاسيم وتعاريف وضوابط القول المفيد للعلامة ابن عثيمين رحمه الله</t>
   </si>
   <si>
     <t>جمع وترتيب</t>
   </si>
@@ -836,51 +854,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I49"/>
+  <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1924,241 +1942,287 @@
       </c>
       <c r="B41">
         <v>1500</v>
       </c>
       <c r="C41" t="s">
         <v>134</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
         <v>135</v>
       </c>
       <c r="I41" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>1510</v>
+        <v>1500</v>
       </c>
       <c r="C42" t="s">
         <v>136</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" t="s">
         <v>137</v>
       </c>
       <c r="I42" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>1520</v>
+        <v>1510</v>
       </c>
       <c r="C43" t="s">
-        <v>82</v>
+        <v>139</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I43" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
-        <v>1525</v>
+        <v>1520</v>
       </c>
       <c r="C44" t="s">
-        <v>141</v>
+        <v>82</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" t="s">
         <v>142</v>
       </c>
-      <c r="G44" t="s">
-[...2 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
-        <v>1530</v>
+        <v>1525</v>
       </c>
       <c r="C45" t="s">
+        <v>144</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
         <v>145</v>
       </c>
-      <c r="D45" t="s">
-[...5 lines deleted...]
-      <c r="F45" t="s">
+      <c r="G45" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" t="s">
         <v>146</v>
       </c>
       <c r="I45" t="s">
-        <v>67</v>
+        <v>147</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>1540</v>
+        <v>1530</v>
       </c>
       <c r="C46" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>148</v>
-[...4 lines deleted...]
-      <c r="H46" t="s">
         <v>149</v>
       </c>
       <c r="I46" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>1550</v>
+        <v>1531</v>
       </c>
       <c r="C47" t="s">
         <v>150</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" t="s">
         <v>151</v>
       </c>
       <c r="I47" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>11329</v>
+        <v>1540</v>
       </c>
       <c r="C48" t="s">
         <v>153</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
+      <c r="F48" t="s">
+        <v>154</v>
+      </c>
       <c r="G48" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="H48" t="s">
         <v>155</v>
       </c>
       <c r="I48" t="s">
-        <v>156</v>
+        <v>86</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
+        <v>1550</v>
+      </c>
+      <c r="C49" t="s">
+        <v>156</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" t="s">
+        <v>157</v>
+      </c>
+      <c r="I49" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50">
+        <v>11329</v>
+      </c>
+      <c r="C50" t="s">
+        <v>159</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>160</v>
+      </c>
+      <c r="H50" t="s">
+        <v>161</v>
+      </c>
+      <c r="I50" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51">
         <v>12774</v>
       </c>
-      <c r="C49" t="s">
-[...11 lines deleted...]
-      <c r="I49" t="s">
+      <c r="C51" t="s">
+        <v>163</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" t="s">
+        <v>164</v>
+      </c>
+      <c r="I51" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>