--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -12,112 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
     <t>الناشر</t>
   </si>
   <si>
+    <t>كشف الشبهات، ومعه: ذيل كشف الشبهات، للشيخ سليمان بن عبد الله بن محمد بن عبد الوهاب (1233 هـ)</t>
+  </si>
+  <si>
+    <t>التوحيد</t>
+  </si>
+  <si>
+    <t>شبهات في التوحيد والرد عليها</t>
+  </si>
+  <si>
+    <t>محمد بن عبد الوهاب (1206 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق</t>
+  </si>
+  <si>
+    <t>د. دغش بن شبيب العجمي</t>
+  </si>
+  <si>
+    <t>دار الخزانة - الكويت</t>
+  </si>
+  <si>
+    <t>كشف الشبهات، وبذيله زوائد الكشف للشيخ سليمان بن عبدالله، تذييل الشيخ عبدالرحمن الدوسري، البراهين الموضحات لابن الطيب</t>
+  </si>
+  <si>
+    <t>عناية</t>
+  </si>
+  <si>
+    <t>محمد بن عبد الله الهبدان</t>
+  </si>
+  <si>
+    <t>مدار الوطن - الرياض</t>
+  </si>
+  <si>
     <t>كشف الشبهات</t>
   </si>
   <si>
-    <t>التوحيد</t>
-[...28 lines deleted...]
-  <si>
     <t>ضبط نصه وبوب مسائله وعلق عليه</t>
   </si>
   <si>
     <t>علي بن حسن الحلبي</t>
   </si>
   <si>
     <t>الدار الأثرية - عَــــمَّان</t>
   </si>
   <si>
     <t>شرح كشف الشبهات من تقريرات الشيخ محمد بن ابراهيم</t>
   </si>
   <si>
     <t>جمع</t>
   </si>
   <si>
     <t>عبد الرحمن بن محمد بن قاسم</t>
   </si>
   <si>
     <t>دار القاسم - الرياض</t>
   </si>
   <si>
     <t>شرح كشف الشبهات</t>
   </si>
   <si>
     <t>ابن حميد، عبد الله بن محمد (1402 هـ)</t>
@@ -293,57 +296,63 @@
   <si>
     <t>د. عبد السلام بن عبد الله السليمان</t>
   </si>
   <si>
     <t>فتح الوهاب في رد شبه المرتاب</t>
   </si>
   <si>
     <t>علي بن أحمد الكندي المرر</t>
   </si>
   <si>
     <t>مؤسسة بينونة - أبو ظبي</t>
   </si>
   <si>
     <t>فتح المنان في نقض شبه الحاج دحلان</t>
   </si>
   <si>
     <t>زيد بن محمد آل سليمان (1307 هـ)</t>
   </si>
   <si>
     <t>عبد الله بن زيد آل مسلم</t>
   </si>
   <si>
     <t>دار التوحيد للنشر - الرياض</t>
   </si>
   <si>
-    <t>صيانة الإنسان عن وسوسة الشيخ دحلان</t>
+    <t>صيانة الإنسان عن وسوسة الشيخ دحلان 2/1</t>
   </si>
   <si>
     <t>محمد بشير السهسواني الهندي (1326 هـ)</t>
   </si>
   <si>
-    <t>مكتبة العلم - جدة</t>
+    <t>دراسة وتحقيق</t>
+  </si>
+  <si>
+    <t>محمد بن طاهر تيقمونين</t>
+  </si>
+  <si>
+    <t>دار المنهاج - جدة</t>
   </si>
   <si>
     <t>الرد على شبهات المستغيثين بغير الله (يقع ضمن مجموع مؤلفات وتحقيقات الشيخ د. عبد السلام بن برجس آل عبد الكريم)</t>
   </si>
   <si>
     <t>أحمد بن إبراهيم بن عيسى (1329 هـ)</t>
   </si>
   <si>
     <t>غاية الأماني في الرد على النبهاني 2/1</t>
   </si>
   <si>
     <t>محمود شكري الآلوسي البغدادي (1342 هـ)</t>
   </si>
   <si>
     <t>الداني بن منير آل زهوي</t>
   </si>
   <si>
     <t>فتح المنان تتمة منهاج التأسيس رد صلح الإخوان</t>
   </si>
   <si>
     <t>عمر بن محمد آل عباس</t>
   </si>
   <si>
     <t>دار التوحيد - الرياض</t>
   </si>
@@ -888,1216 +897,1222 @@
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3" t="s">
         <v>18</v>
       </c>
       <c r="I3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>1206</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>1207</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>1208</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>1209</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>1210</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>1211</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>1212</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>1212</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>1212</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>1212</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="I13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>1212</v>
       </c>
       <c r="C14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>1212</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>1213</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>1282</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G17" t="s">
         <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>1282</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>1282</v>
       </c>
       <c r="C19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>1283</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>1284</v>
       </c>
       <c r="C21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>1285</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I22" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>1286</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>1293</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>1293</v>
       </c>
       <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I25" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>1293</v>
       </c>
       <c r="C26" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>1293</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I27" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
         <v>1307</v>
       </c>
       <c r="C28" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G28" t="s">
         <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I28" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>1326</v>
       </c>
       <c r="C29" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
-        <v>94</v>
+        <v>95</v>
+      </c>
+      <c r="G29" t="s">
+        <v>96</v>
+      </c>
+      <c r="H29" t="s">
+        <v>97</v>
       </c>
       <c r="I29" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>1329</v>
       </c>
       <c r="C30" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G30" t="s">
         <v>13</v>
       </c>
       <c r="H30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
         <v>1342</v>
       </c>
       <c r="C31" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="I31" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>1342</v>
       </c>
       <c r="C32" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I32" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
         <v>1349</v>
       </c>
       <c r="C33" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G33" t="s">
         <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I33" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>1349</v>
       </c>
       <c r="C34" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G34" t="s">
         <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I34" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
         <v>1349</v>
       </c>
       <c r="C35" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G35" t="s">
         <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I35" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
         <v>1349</v>
       </c>
       <c r="C36" t="s">
+        <v>111</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G36" t="s">
         <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I36" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
         <v>1349</v>
       </c>
       <c r="C37" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I37" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>1349</v>
       </c>
       <c r="C38" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I38" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
         <v>1351</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="I39" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
         <v>1373</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G40" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H40" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I40" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
         <v>1446</v>
       </c>
       <c r="C41" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
         <v>1500</v>
       </c>
       <c r="C42" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G42" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="H42" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I42" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
         <v>1510</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="I43" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>1520</v>
       </c>
       <c r="C44" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="I44" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>1520</v>
       </c>
       <c r="C45" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="I45" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
         <v>1530</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="I46" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
         <v>1540</v>
       </c>
       <c r="C47" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G47" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H47" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I47" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
         <v>1540</v>
       </c>
       <c r="C48" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="I48" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">