--- v0 (2025-11-01)
+++ v1 (2026-01-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -822,56 +822,50 @@
     <t>مسند الفردوس 8/1</t>
   </si>
   <si>
     <t>شهردار بن شيرويه الديلمي (509 هـ)</t>
   </si>
   <si>
     <t>عمرو شوقي وعمرو الحويني</t>
   </si>
   <si>
     <t>فردوس الأخبار بمأثور الخطاب المخرج على كتاب الشهاب ومعه تسديد القوس لابن حجر 5/1</t>
   </si>
   <si>
     <t>فواز زمرلي ومعتصم البغدادي</t>
   </si>
   <si>
     <t>شرح السنة 16/1</t>
   </si>
   <si>
     <t>البغوي، الحسين بن مسعود (516 هـ)</t>
   </si>
   <si>
     <t>زهير الشاويش وشعيب الأرناؤوط</t>
   </si>
   <si>
     <t>المكتب الإسلامي - بيروت</t>
-  </si>
-[...4 lines deleted...]
-    <t>عبد الغافر بن إسماعيل الفارسي (529 هـ)</t>
   </si>
   <si>
     <t>كتاب الترغيب في الدعاء والحث عليه</t>
   </si>
   <si>
     <t>عبد الغني بن عبد الواحد المقدسي (600 هـ)</t>
   </si>
   <si>
     <t>د. فالح بن محمد الصغير</t>
   </si>
   <si>
     <t>دار كنوز أشبيليا - الرياض</t>
   </si>
   <si>
     <t>صحاح الأحاديث فيما اتفق عليه أهل الحديث 9/1 (الأحاديث المختارة)</t>
   </si>
   <si>
     <t>ضياء الدين المقدسي، محمد بن عبدالواحد (643 هـ)</t>
   </si>
   <si>
     <t>د. حمزة أحمد الزين</t>
   </si>
   <si>
     <t>ترتيب أحاديث كتاب المختارة لضياء الدين المقدسي على الأبواب الفقهية</t>
   </si>
@@ -1220,51 +1214,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3472,185 +3466,156 @@
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" t="s">
         <v>267</v>
       </c>
       <c r="G80" t="s">
         <v>13</v>
       </c>
       <c r="H80" t="s">
         <v>268</v>
       </c>
       <c r="I80" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>529</v>
+        <v>600</v>
       </c>
       <c r="C81" t="s">
         <v>270</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" t="s">
         <v>271</v>
       </c>
       <c r="G81" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="H81" t="s">
-        <v>82</v>
+        <v>272</v>
       </c>
       <c r="I81" t="s">
-        <v>208</v>
+        <v>273</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>600</v>
+        <v>643</v>
       </c>
       <c r="C82" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="G82" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="H82" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="I82" t="s">
-        <v>275</v>
+        <v>85</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C83" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
-      <c r="F83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G83" t="s">
-        <v>206</v>
+        <v>278</v>
       </c>
       <c r="H83" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I83" t="s">
-        <v>85</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C84" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
+      <c r="F84" t="s">
+        <v>275</v>
+      </c>
       <c r="G84" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H84" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I84" t="s">
-        <v>282</v>
-[...21 lines deleted...]
-      <c r="G85" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">