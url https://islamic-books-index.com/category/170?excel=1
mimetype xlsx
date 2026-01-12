--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -2843,51 +2843,51 @@
   <si>
     <t>التساعيات المنتقاة الصحاح الموافقات للشيوخ الثقات</t>
   </si>
   <si>
     <t>أحمد بن عبد الله الطبري (694 هـ)</t>
   </si>
   <si>
     <t>مصعب بن أنس اللهو</t>
   </si>
   <si>
     <t>مؤسسة الريان - لبنان</t>
   </si>
   <si>
     <t>المنتخب من حديث شيوخ بغداد، جمال الدين ابن الظاهري (696 هـ)</t>
   </si>
   <si>
     <t>أبو العلاء، محمود بن أبي بكر الفرضي البخاري (700 هـ)</t>
   </si>
   <si>
     <t>الأربعون التساعية الإسناد</t>
   </si>
   <si>
     <t>ابن دقيق العيد، محمد بن علي القشيري (702 هـ)</t>
   </si>
   <si>
-    <t>حسين سلمان مهدي</t>
+    <t>حسنين سلمان مهدي</t>
   </si>
   <si>
     <t>حديث التقي ابن المجد محمد بن محمد بن عيسى البعلبكي (703 هـ) (طبع ضمن مجموع: جمهرة الأجزاء الحديثية)</t>
   </si>
   <si>
     <t>محمد بن محمد بن عيسى البعلبكي (703 هـ)</t>
   </si>
   <si>
     <t>جزء فيه ثلاثة أجزاء حديثية: جزء الحسن بن رشيق العسكري 370 هـ، رافع بن عصم العصمي 405 هـ، مصافحات الإمام مسلم والنسائي</t>
   </si>
   <si>
     <t>عبد المؤمن بن خلف الدمياطي (705 هـ)</t>
   </si>
   <si>
     <t>جاسم بن محمد الفجي</t>
   </si>
   <si>
     <t>مكتبة أهل الأثر - الكويت</t>
   </si>
   <si>
     <t>جزء من عوالي المرويات</t>
   </si>
   <si>
     <t>محمد بن علي بن قطرال المراكشي (710 هـ)</t>
   </si>