--- v0 (2025-10-20)
+++ v1 (2026-02-15)
@@ -125,191 +125,194 @@
   <si>
     <t>د. عبد الله شعبان</t>
   </si>
   <si>
     <t>دار مكة المكرمة - مصر</t>
   </si>
   <si>
     <t>ترتيب الموضوعات لابن الجوزي</t>
   </si>
   <si>
     <t>شمس الدين الذهبي، محمد بن أحمد (748 هـ)</t>
   </si>
   <si>
     <t>عناية</t>
   </si>
   <si>
     <t>كمال بن بسيوني زغلول</t>
   </si>
   <si>
     <t>دار الكتب العلمية - بيروت</t>
   </si>
   <si>
     <t>العلل المتناهية في الأحاديث الواهية</t>
   </si>
   <si>
+    <t>رامز خالد حاج حسن</t>
+  </si>
+  <si>
+    <t>مؤسسة الرسالة - بيروت</t>
+  </si>
+  <si>
+    <t>تلخيص العلل المتناهية لابن الجوزي</t>
+  </si>
+  <si>
+    <t>ياسر بن إبراهيم بن محمد</t>
+  </si>
+  <si>
+    <t>مكتبة الرشد - الرياض</t>
+  </si>
+  <si>
+    <t>محفوظ الرحمن زين الله السلفي</t>
+  </si>
+  <si>
+    <t>مكتبة الفرقان - الإمارات</t>
+  </si>
+  <si>
+    <t>موضوعات الصغاني</t>
+  </si>
+  <si>
+    <t>الحسن بن محمد القرشي الصغاني (650 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق - تخريج - تعليق</t>
+  </si>
+  <si>
+    <t>د. نجم عبد الرحمن خلف</t>
+  </si>
+  <si>
+    <t>دار المأمون للتراث - دمشق</t>
+  </si>
+  <si>
+    <t>مداد الأقلام في الأحاديث والأخبار التي ضعفها شيخ الإسلام ابن تيمية رحمه الله</t>
+  </si>
+  <si>
+    <t>محمد بن جابر الأسواني</t>
+  </si>
+  <si>
+    <t>دار اللؤلؤة - مصر</t>
+  </si>
+  <si>
+    <t>أحاديث مختارة من موضوعات الجوزقاني وابن الجوزي</t>
+  </si>
+  <si>
+    <t>تحقيق - تعليق</t>
+  </si>
+  <si>
+    <t>مكتبة الدار - المدينة المنورة</t>
+  </si>
+  <si>
+    <t>المنار المنيف في الصحيح من الضعيف، أو: نقد المنقول والمحك المميز بين المردود والمقبول (ضوابط الحديث الموضوع مع الأمثلة)</t>
+  </si>
+  <si>
+    <t>ابن القيم، محمد بن أبي بكر بن أيوب (751 هـ)</t>
+  </si>
+  <si>
+    <t>عبد الرحمن بن يحيى المعلمي</t>
+  </si>
+  <si>
+    <t>دار العاصمة - الرياض</t>
+  </si>
+  <si>
+    <t>المنار المنيف في الصحيح والضعيف</t>
+  </si>
+  <si>
+    <t>يحيى بن عبد الله الثمالي</t>
+  </si>
+  <si>
+    <t>دار عالم الفوائد - مكة</t>
+  </si>
+  <si>
+    <t>الأحاديث الضعيفة والموضوعة التي حكم عليها الحافظ ابن كثير في تفسيره</t>
+  </si>
+  <si>
+    <t>محمود بن محمد الملاح</t>
+  </si>
+  <si>
+    <t>مكتبة العلوم والحكم - مصر</t>
+  </si>
+  <si>
+    <t>اللآلىء المنثورة في الأحاديث المشهورة، أو: التذكرة في الأحاديث المشتهرة</t>
+  </si>
+  <si>
+    <t>الزركشي، محمد بن عبد الله الشافعي (794 هـ)</t>
+  </si>
+  <si>
+    <t>د. محمد بن لطفي الصباغ</t>
+  </si>
+  <si>
+    <t>المكتب الإسلامي - بيروت</t>
+  </si>
+  <si>
+    <t>المقاصد الحسنة في بيان كثير من الأحاديث المشتهرة على الألسنة 5/1 - رسالة جامعية</t>
+  </si>
+  <si>
+    <t>السخاوي، محمد بن عبد الرحمن (902 هـ)</t>
+  </si>
+  <si>
+    <t>سفيان بن فؤاد باسويدان</t>
+  </si>
+  <si>
+    <t>دار الميمنة - المدينة</t>
+  </si>
+  <si>
+    <t>مختصر المقاصد الحسنة في بيان كثير من الأحاديث المشتهرة على الألسنة للسخاوي</t>
+  </si>
+  <si>
+    <t>محمد بن عبد الباقي الزرقاني المالكي (1122 هـ)</t>
+  </si>
+  <si>
+    <t>اللآلىء المصنوعة من الأحاديث الموضوعة 5/1</t>
+  </si>
+  <si>
+    <t>محمود عبد الفتاح النخال</t>
+  </si>
+  <si>
+    <t>دار الفتح للدراسات والنشر - الشارقة</t>
+  </si>
+  <si>
+    <t>اللآلىء المصنوعة من الأحاديث الموضوعة 3/1</t>
+  </si>
+  <si>
+    <t>عبد الوهاب الزير</t>
+  </si>
+  <si>
+    <t>الهيئة العامة للقرآن والسنة النبوية - الكويت</t>
+  </si>
+  <si>
+    <t>الزيادات على الموضوعات ، ويسمى: ذيل اللآلىء المصنوعة 2/1</t>
+  </si>
+  <si>
+    <t>مكتبة المعارف - الرياض</t>
+  </si>
+  <si>
+    <t>الدرر المنتثرة في الأحاديث المشتهرة</t>
+  </si>
+  <si>
     <t>خليل محيي الدين الميس</t>
   </si>
   <si>
-    <t>تلخيص العلل المتناهية لابن الجوزي</t>
-[...136 lines deleted...]
-  <si>
     <t>توزيع المكتب الإسلامي - بيروت</t>
   </si>
   <si>
     <t>تحذير الخواص من أكاذيب القصاص</t>
   </si>
   <si>
     <t>تمييز الطيب من الخبيث فيما يدور على ألسنة الناس من الحديث</t>
   </si>
   <si>
     <t>عبد الرحمن بن علي الشيباني (ابن الديبع) (944 هـ)</t>
   </si>
   <si>
     <t>تحقيق وتخريج</t>
   </si>
   <si>
     <t>د. رفعت عبد المطلب ود. ماجدة فاروق</t>
   </si>
   <si>
     <t>دار البشائر الإسلامية - بيروت</t>
   </si>
   <si>
     <t>الشذرة في الأحاديث المشتهرة 2/1</t>
   </si>
   <si>
     <t>ابن طولون، محمد بن علي الصالحي (953 هـ)</t>
@@ -351,53 +354,50 @@
     <t>مرعي بن يوسف الكرمي الحنبلي (1033 هـ)</t>
   </si>
   <si>
     <t>دار الوراق - الرياض</t>
   </si>
   <si>
     <t>إتقان ما يحسن من الأخبار الدائرة على الألسن 2/1</t>
   </si>
   <si>
     <t>نجم الدين محمد بن محمد الغزي (1061 هـ)</t>
   </si>
   <si>
     <t>خليل بن محمد العربي</t>
   </si>
   <si>
     <t>الفاروق الحديثة - مصر</t>
   </si>
   <si>
     <t>كشف الخفاء ومزيل الإلباس عما ورد على ألسنة كثير من الناس 2/1</t>
   </si>
   <si>
     <t>إسماعيل بن محمد العجلوني (1162 هـ)</t>
   </si>
   <si>
     <t>أحمد القلاش</t>
-  </si>
-[...1 lines deleted...]
-    <t>مؤسسة الرسالة - بيروت</t>
   </si>
   <si>
     <t>الكشف الإلهي عن شديد الضعف والموضوع والواهي 2/1</t>
   </si>
   <si>
     <t>محمد بن محمد الحسيني الطرابلسي (1177 هـ)</t>
   </si>
   <si>
     <t>محمد بن محمود بكار</t>
   </si>
   <si>
     <t>دار العليان – بريدة</t>
   </si>
   <si>
     <t>النخبة البهية في الأحاديث المكذوبة على خير البرية</t>
   </si>
   <si>
     <t>محمد الأمير الكبير (1232 هـ)</t>
   </si>
   <si>
     <t>زهير الشاويش</t>
   </si>
   <si>
     <t>الفوائد المجموعة من الأحاديث الموضوعة</t>
   </si>
@@ -1157,764 +1157,764 @@
       </c>
       <c r="I7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>600</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="H8" t="s">
         <v>37</v>
       </c>
       <c r="I8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>601</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>601</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>650</v>
       </c>
       <c r="C11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>728</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>750</v>
       </c>
       <c r="C13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H13" t="s">
         <v>22</v>
       </c>
       <c r="I13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>751</v>
       </c>
       <c r="C14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>751</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>774</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>794</v>
       </c>
       <c r="C17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G17" t="s">
         <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>902</v>
       </c>
       <c r="C18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>903</v>
       </c>
       <c r="C19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>911</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>911</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" t="s">
         <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>912</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
         <v>28</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="I22" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>915</v>
       </c>
       <c r="C23" t="s">
         <v>83</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" t="s">
         <v>28</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="I23" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>916</v>
       </c>
       <c r="C24" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
         <v>28</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>944</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H25" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I25" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>953</v>
       </c>
       <c r="C26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G26" t="s">
         <v>13</v>
       </c>
       <c r="H26" t="s">
         <v>34</v>
       </c>
       <c r="I26" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>963</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I27" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
         <v>963</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G28" t="s">
         <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I28" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>986</v>
       </c>
       <c r="C29" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>1014</v>
       </c>
       <c r="C30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G30" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
         <v>1033</v>
       </c>
       <c r="C31" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G31" t="s">
         <v>13</v>
       </c>
       <c r="H31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>1061</v>
       </c>
       <c r="C32" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G32" t="s">
         <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I32" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
         <v>1162</v>
       </c>
       <c r="C33" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G33" t="s">
         <v>33</v>
       </c>
       <c r="H33" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I33" t="s">
-        <v>113</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>1177</v>
       </c>
       <c r="C34" t="s">
         <v>114</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>115</v>
       </c>
       <c r="G34" t="s">
         <v>13</v>
       </c>
       <c r="H34" t="s">
@@ -1928,77 +1928,77 @@
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
         <v>1232</v>
       </c>
       <c r="C35" t="s">
         <v>118</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>119</v>
       </c>
       <c r="G35" t="s">
         <v>13</v>
       </c>
       <c r="H35" t="s">
         <v>120</v>
       </c>
       <c r="I35" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
         <v>1250</v>
       </c>
       <c r="C36" t="s">
         <v>121</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" t="s">
         <v>122</v>
       </c>
       <c r="G36" t="s">
         <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I36" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
         <v>1311</v>
       </c>
       <c r="C37" t="s">
         <v>123</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>124</v>
       </c>
       <c r="G37" t="s">
@@ -2009,51 +2009,51 @@
       </c>
       <c r="I37" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>1418</v>
       </c>
       <c r="C38" t="s">
         <v>128</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" t="s">
         <v>129</v>
       </c>
       <c r="I38" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
         <v>1418</v>
       </c>
       <c r="C39" t="s">
         <v>130</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" t="s">
         <v>131</v>
       </c>
       <c r="G39" t="s">
         <v>33</v>
       </c>
       <c r="H39" t="s">
@@ -2061,51 +2061,51 @@
       </c>
       <c r="I39" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
         <v>1419</v>
       </c>
       <c r="C40" t="s">
         <v>134</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" t="s">
         <v>135</v>
       </c>
       <c r="I40" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
         <v>1420</v>
       </c>
       <c r="C41" t="s">
         <v>136</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
         <v>129</v>
       </c>
       <c r="I41" t="s">
         <v>137</v>
       </c>
     </row>
@@ -2582,51 +2582,51 @@
       </c>
       <c r="I61" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
         <v>2200</v>
       </c>
       <c r="C62" t="s">
         <v>187</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
         <v>188</v>
       </c>
       <c r="I62" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">