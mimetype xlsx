--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -128,54 +128,54 @@
   <si>
     <t>دار الباز - مكة</t>
   </si>
   <si>
     <t>تفسير غريب ما في الصحيحين</t>
   </si>
   <si>
     <t>محمد بن فتوح الحميدي (488 هـ)</t>
   </si>
   <si>
     <t>د. زبيدة بنت محمد</t>
   </si>
   <si>
     <t>مكتبة السنة - مصر</t>
   </si>
   <si>
     <t>مجمع الغرائب ومنبع الرغائب - معجم جامع لغريب الحديث والأثر 6/1</t>
   </si>
   <si>
     <t>عبد الغافر بن إسماعيل الفارسي (529 هـ)</t>
   </si>
   <si>
     <t>تحقيق وتخريج</t>
   </si>
   <si>
-    <t>محمد بركات - ماهر أديب حبوش</t>
-[...2 lines deleted...]
-    <t>جائزة دبي الدولية للقرآن الكريم</t>
+    <t>لجنة من المحققين</t>
+  </si>
+  <si>
+    <t>الهيئة العامة للقرآن والسنة النبوية - الكويت</t>
   </si>
   <si>
     <t>الفائق في غريب الحديث</t>
   </si>
   <si>
     <t>الزمخشري، محمود بن عمر (538 هـ)</t>
   </si>
   <si>
     <t>علي البجاوي ومحمد أبو الفضل</t>
   </si>
   <si>
     <t>دار المعرفة - بيروت</t>
   </si>
   <si>
     <t>مشارق الأنوار على صحاح الآثار 3/1</t>
   </si>
   <si>
     <t>عياض بن موسى اليحصبي (544 هـ)</t>
   </si>
   <si>
     <t>تحقيق - تخريج</t>
   </si>
   <si>
     <t>صالح بن أحمد الشامي</t>
   </si>