--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -140,51 +140,51 @@
   <si>
     <t>الإمام مسلم بن الحجاج (261 هـ) ومنهجه في الصحيح وأثره في علم الحديث</t>
   </si>
   <si>
     <t>مشهور بن حسن آل سلمان</t>
   </si>
   <si>
     <t>دار الصميعي - الرياض</t>
   </si>
   <si>
     <t>السنن الأبين والمرد الأمعن في المحاكمة بين الإمامين في السند المعنعن - (المحاكمة بين الإمامين البخاري ومسلم)</t>
   </si>
   <si>
     <t>ابن رشيد الفهري، محمد بن عمر (721 هـ)</t>
   </si>
   <si>
     <t>تحقيق</t>
   </si>
   <si>
     <t>صلاح المصراتي</t>
   </si>
   <si>
     <t>مكتبة الغرباء الأثرية - المدينة</t>
   </si>
   <si>
-    <t>دار الكمال المتحدة</t>
+    <t>اللجنة العلمية بدار الكمال المتحدة</t>
   </si>
   <si>
     <t>دار عطاءات العلم - الرياض</t>
   </si>
   <si>
     <t>موقف الإمامين البخاري ومسلم من اشتراط اللقيا والسماع في السند المعنعن بين المتعاصرين</t>
   </si>
   <si>
     <t>خالد بن منصور الدريس</t>
   </si>
   <si>
     <t>مكتبة الرشد - الرياض</t>
   </si>
   <si>
     <t>منهج الامام ابن ماجه (273 هـ)</t>
   </si>
   <si>
     <t>فاضل الحمادة الرقي</t>
   </si>
   <si>
     <t>دار أطلس الخضراء - الرياض</t>
   </si>
   <si>
     <t>رسالة أبي داود (275 هـ) إلى أهل مكة في وصف سننه</t>
   </si>