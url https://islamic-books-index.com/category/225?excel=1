--- v0 (2025-10-16)
+++ v1 (2026-02-15)
@@ -113,66 +113,66 @@
   <si>
     <t>سبك المقالة في شرح الرسالة - شرح كتاب الرسالة للإمام الشافعي رحمه الله</t>
   </si>
   <si>
     <t>محمد بن عبد العزيز المبارك</t>
   </si>
   <si>
     <t>دار التحبير - الرياض</t>
   </si>
   <si>
     <t>رحلتي مع الإمام الشافعي وكتابه (الرسالة) - روافده ورحلاته العلمية، أسانيده وشيوخه، علاقته بمعاصريه، موقفه من المعتزلة، وغيرها</t>
   </si>
   <si>
     <t>فهد بن سعد الزايدي الجهني</t>
   </si>
   <si>
     <t>تقديم</t>
   </si>
   <si>
     <t>د. يعقوب الباحسين</t>
   </si>
   <si>
     <t>ركائز للنشر - الكويت</t>
   </si>
   <si>
+    <t>شرح رسالة في أصول الفقه للحسن بن شهاب العكبري (248 هـ)</t>
+  </si>
+  <si>
     <t>مقدمة في أصول الفقه (رسالة دكتوراه)</t>
   </si>
   <si>
     <t>علي بن عمر البغدادي (ابن القصار المالكي) (397 هـ)</t>
   </si>
   <si>
     <t>تحقيق</t>
   </si>
   <si>
     <t>د. مصصطفى مخدوم</t>
   </si>
   <si>
     <t>دار المعلمة - الرياض</t>
-  </si>
-[...1 lines deleted...]
-    <t>شرح رسالة في أصول الفقه للحسن بن شهاب العكبري (428 هـ)</t>
   </si>
   <si>
     <t>النـبذ في أصول الفقه</t>
   </si>
   <si>
     <t>ابن حزم الأندلسي، علي بن أحمد (456 هـ)</t>
   </si>
   <si>
     <t>تحقيق - دراسة</t>
   </si>
   <si>
     <t>د. محمد بن حمد الحمود النجدي</t>
   </si>
   <si>
     <t>مكتبة دار الإمام الذهبي - الكويت</t>
   </si>
   <si>
     <t>الإشارة في أصول الفقه</t>
   </si>
   <si>
     <t>سليمان بن خلف الباجي (474 هـ)</t>
   </si>
   <si>
     <t>عادل عبد الموجود وعلي معوض</t>
   </si>
@@ -1226,95 +1226,95 @@
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
       <c r="G7" t="s">
         <v>30</v>
       </c>
       <c r="H7" t="s">
         <v>31</v>
       </c>
       <c r="I7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
-        <v>397</v>
+        <v>248</v>
       </c>
       <c r="C8" t="s">
         <v>33</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I8" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>428</v>
+        <v>397</v>
       </c>
       <c r="C9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>456</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10" t="s">
         <v>41</v>
       </c>
       <c r="H10" t="s">
@@ -1322,80 +1322,80 @@
       </c>
       <c r="I10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>474</v>
       </c>
       <c r="C11" t="s">
         <v>44</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H11" t="s">
         <v>46</v>
       </c>
       <c r="I11" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>478</v>
       </c>
       <c r="C12" t="s">
         <v>48</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>49</v>
       </c>
       <c r="G12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>478</v>
       </c>
       <c r="C13" t="s">
         <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
@@ -1409,51 +1409,51 @@
       </c>
       <c r="I13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>479</v>
       </c>
       <c r="C14" t="s">
         <v>54</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>55</v>
       </c>
       <c r="G14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H14" t="s">
         <v>56</v>
       </c>
       <c r="I14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>480</v>
       </c>
       <c r="C15" t="s">
         <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
@@ -1784,51 +1784,51 @@
       </c>
       <c r="I28" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>587</v>
       </c>
       <c r="C29" t="s">
         <v>91</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>92</v>
       </c>
       <c r="G29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H29" t="s">
         <v>93</v>
       </c>
       <c r="I29" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>613</v>
       </c>
       <c r="C30" t="s">
         <v>95</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
@@ -1900,109 +1900,109 @@
       </c>
       <c r="I32" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
         <v>716</v>
       </c>
       <c r="C33" t="s">
         <v>109</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
         <v>110</v>
       </c>
       <c r="G33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H33" t="s">
         <v>111</v>
       </c>
       <c r="I33" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>717</v>
       </c>
       <c r="C34" t="s">
         <v>113</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>114</v>
       </c>
       <c r="G34" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H34" t="s">
         <v>115</v>
       </c>
       <c r="I34" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
         <v>718</v>
       </c>
       <c r="C35" t="s">
         <v>117</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>118</v>
       </c>
       <c r="G35" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H35" t="s">
         <v>111</v>
       </c>
       <c r="I35" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
         <v>739</v>
       </c>
       <c r="C36" t="s">
         <v>120</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" t="s">
@@ -2016,51 +2016,51 @@
       </c>
       <c r="I36" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
         <v>739</v>
       </c>
       <c r="C37" t="s">
         <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>121</v>
       </c>
       <c r="G37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H37" t="s">
         <v>126</v>
       </c>
       <c r="I37" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>740</v>
       </c>
       <c r="C38" t="s">
         <v>127</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" t="s">
@@ -2163,51 +2163,51 @@
       </c>
       <c r="I42" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
         <v>803</v>
       </c>
       <c r="C43" t="s">
         <v>136</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" t="s">
         <v>137</v>
       </c>
       <c r="G43" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H43" t="s">
         <v>138</v>
       </c>
       <c r="I43" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>804</v>
       </c>
       <c r="C44" t="s">
         <v>139</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" t="s">
@@ -2273,109 +2273,109 @@
       </c>
       <c r="I46" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
         <v>972</v>
       </c>
       <c r="C47" t="s">
         <v>146</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" t="s">
         <v>147</v>
       </c>
       <c r="G47" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H47" t="s">
         <v>148</v>
       </c>
       <c r="I47" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
         <v>972</v>
       </c>
       <c r="C48" t="s">
         <v>146</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" t="s">
         <v>147</v>
       </c>
       <c r="G48" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H48" t="s">
         <v>149</v>
       </c>
       <c r="I48" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
         <v>972</v>
       </c>
       <c r="C49" t="s">
         <v>151</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" t="s">
         <v>147</v>
       </c>
       <c r="G49" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H49" t="s">
         <v>152</v>
       </c>
       <c r="I49" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
         <v>973</v>
       </c>
       <c r="C50" t="s">
         <v>153</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" t="s">
@@ -2389,80 +2389,80 @@
       </c>
       <c r="I50" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
         <v>974</v>
       </c>
       <c r="C51" t="s">
         <v>156</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" t="s">
         <v>147</v>
       </c>
       <c r="G51" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H51" t="s">
         <v>157</v>
       </c>
       <c r="I51" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
         <v>975</v>
       </c>
       <c r="C52" t="s">
         <v>158</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" t="s">
         <v>159</v>
       </c>
       <c r="G52" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H52" t="s">
         <v>160</v>
       </c>
       <c r="I52" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
         <v>976</v>
       </c>
       <c r="C53" t="s">
         <v>162</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" t="s">
@@ -2545,80 +2545,80 @@
       </c>
       <c r="I56" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
         <v>1004</v>
       </c>
       <c r="C57" t="s">
         <v>172</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>173</v>
       </c>
       <c r="G57" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H57" t="s">
         <v>174</v>
       </c>
       <c r="I57" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
         <v>1282</v>
       </c>
       <c r="C58" t="s">
         <v>175</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" t="s">
         <v>176</v>
       </c>
       <c r="G58" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H58" t="s">
         <v>177</v>
       </c>
       <c r="I58" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
         <v>1358</v>
       </c>
       <c r="C59" t="s">
         <v>179</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">