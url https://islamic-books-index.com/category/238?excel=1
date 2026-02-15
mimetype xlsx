--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -77,51 +77,51 @@
   <si>
     <t>تحقيق</t>
   </si>
   <si>
     <t>محمد بن ناصر العجمي</t>
   </si>
   <si>
     <t>دار النوادر - دمشق</t>
   </si>
   <si>
     <t>متن الخرقى على مذهب أبي عبد الله أحمد بن حنبل الشيباني</t>
   </si>
   <si>
     <t>دار الصحابة للتراث - مصر</t>
   </si>
   <si>
     <t>شرح مختصر الخرقي</t>
   </si>
   <si>
     <t>أبو يعلى ابن الفراء، محمد بن الحسين الحنبلي (458 هـ)</t>
   </si>
   <si>
     <t>أبي جنة الحنبلي، مصطفى بن محمد</t>
   </si>
   <si>
-    <t>شرح مختصر الخرقي 2/1</t>
+    <t>شرح مختصر الخرقي (من كتاب النكاح إلى نهاية كتاب عتق أمهات الأولاد) 2/1</t>
   </si>
   <si>
     <t>د. ناصر بن سعود السلامة</t>
   </si>
   <si>
     <t>دار أطلس الخضراء - الرياض</t>
   </si>
   <si>
     <t>التهذيب لشرح مختصر الخرقي 3/1</t>
   </si>
   <si>
     <t>ابن رزين، عبد الرحمن بن رزين (656 هـ)</t>
   </si>
   <si>
     <t>د. راشد بن خنين وناصر العصفور</t>
   </si>
   <si>
     <t>ركائز للنشر - الكويت</t>
   </si>
   <si>
     <t>شرح الزركشي على مختصر الخرقي 7/1</t>
   </si>
   <si>
     <t>الزركشي، محمد بن عبد الله، الشافعي (772 هـ)</t>
   </si>
@@ -222,50 +222,56 @@
     <t>تحقيق وتخريج</t>
   </si>
   <si>
     <t>عدد من الباحثين</t>
   </si>
   <si>
     <t>دار كنوز الإسلام</t>
   </si>
   <si>
     <t>المعتمد في الفقه على مذهب الإمام أحمد رضي الله عنه</t>
   </si>
   <si>
     <t>أحمد بن حمدان الحراني الحنبلي (695 هـ)</t>
   </si>
   <si>
     <t>دار المنهاج القويم - دمشق</t>
   </si>
   <si>
     <t>الفروع، وبذيله تصحيح الفروع لعلي بن سليمان المرداوي (885 هـ)، وحاشية ابن قندس، أبي بكر بن إبراهيم (861 هـ) 11/1</t>
   </si>
   <si>
     <t>محمد بن مفلح المقدسي (763 هـ)</t>
   </si>
   <si>
     <t>طبعة خيرية</t>
+  </si>
+  <si>
+    <t>المسائل التي خالف فيها شمس الدين ابن مفلح شيخه ابن تيمية في كتاب (الفروع)</t>
+  </si>
+  <si>
+    <t>إسماعيل إبراهيم الزبن</t>
   </si>
   <si>
     <t>الإقناع لطالب الانتفاع 4/1</t>
   </si>
   <si>
     <t>أبو النجا، موسى بن أحمد الحجاوي الحنبلي (968 هـ)</t>
   </si>
   <si>
     <t>كشاف القناع عن متن الإقناع للحجاوي 6/1</t>
   </si>
   <si>
     <t>منصور بن يونس البهوتي (1051 هـ)</t>
   </si>
   <si>
     <t>محمد عدنان درويش</t>
   </si>
   <si>
     <t>دار إحياء التراث العربي - بيروت</t>
   </si>
   <si>
     <t>كشاف القناع عن الإقناع 15/1</t>
   </si>
   <si>
     <t>لجنة متخصصة في وزارة العدل</t>
   </si>
@@ -740,51 +746,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I38"/>
+  <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1303,547 +1309,570 @@
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
         <v>68</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
         <v>52</v>
       </c>
       <c r="I20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
-        <v>968</v>
+        <v>764</v>
       </c>
       <c r="C21" t="s">
         <v>70</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
         <v>71</v>
       </c>
-      <c r="G21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="C22" t="s">
         <v>72</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
         <v>73</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="I22" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>969</v>
       </c>
       <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" t="s">
+        <v>75</v>
+      </c>
+      <c r="G23" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" t="s">
         <v>76</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C24" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" t="s">
+        <v>75</v>
+      </c>
+      <c r="G24" t="s">
+        <v>61</v>
+      </c>
+      <c r="H24" t="s">
         <v>79</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" t="s">
+      <c r="I24" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" t="s">
+        <v>82</v>
+      </c>
+      <c r="G25" t="s">
+        <v>83</v>
+      </c>
+      <c r="H25" t="s">
         <v>84</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" t="s">
+      <c r="I25" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="C26" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" t="s">
+        <v>87</v>
+      </c>
+      <c r="G26" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" t="s">
         <v>88</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26" t="s">
+      <c r="I26" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="C27" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" t="s">
         <v>91</v>
       </c>
-      <c r="D27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
+        <v>52</v>
+      </c>
+      <c r="I27" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="C28" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" t="s">
+        <v>91</v>
+      </c>
+      <c r="G28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" t="s">
         <v>94</v>
       </c>
-      <c r="D28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I28" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>974</v>
       </c>
       <c r="C29" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G29" t="s">
         <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="I29" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="C30" t="s">
         <v>97</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G30" t="s">
         <v>13</v>
       </c>
       <c r="H30" t="s">
         <v>98</v>
       </c>
       <c r="I30" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="C31" t="s">
         <v>99</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
+        <v>75</v>
+      </c>
+      <c r="G31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" t="s">
         <v>100</v>
       </c>
-      <c r="G31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I31" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="C32" t="s">
+        <v>101</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" t="s">
         <v>102</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" t="s">
+      <c r="G32" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" t="s">
+        <v>98</v>
+      </c>
+      <c r="I32" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>1033</v>
+        <v>977</v>
       </c>
       <c r="C33" t="s">
+        <v>104</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" t="s">
+        <v>105</v>
+      </c>
+      <c r="G33" t="s">
+        <v>106</v>
+      </c>
+      <c r="H33" t="s">
         <v>107</v>
       </c>
-      <c r="D33" t="s">
-[...5 lines deleted...]
-      <c r="F33" t="s">
+      <c r="I33" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>1089</v>
+        <v>1033</v>
       </c>
       <c r="C34" t="s">
+        <v>109</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" t="s">
+        <v>110</v>
+      </c>
+      <c r="G34" t="s">
+        <v>83</v>
+      </c>
+      <c r="H34" t="s">
         <v>111</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" t="s">
+      <c r="I34" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>1243</v>
+        <v>1089</v>
       </c>
       <c r="C35" t="s">
+        <v>113</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>114</v>
+      </c>
+      <c r="G35" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" t="s">
         <v>115</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35" t="s">
+      <c r="I35" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="C36" t="s">
+        <v>117</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
         <v>118</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" t="s">
+      <c r="I36" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>1349</v>
+        <v>1244</v>
       </c>
       <c r="C37" t="s">
+        <v>120</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" t="s">
         <v>121</v>
       </c>
-      <c r="D37" t="s">
-[...5 lines deleted...]
-      <c r="F37" t="s">
+      <c r="I37" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
+        <v>1349</v>
+      </c>
+      <c r="C38" t="s">
+        <v>123</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" t="s">
+        <v>124</v>
+      </c>
+      <c r="G38" t="s">
+        <v>83</v>
+      </c>
+      <c r="H38" t="s">
+        <v>125</v>
+      </c>
+      <c r="I38" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39">
         <v>1350</v>
       </c>
-      <c r="C38" t="s">
-[...11 lines deleted...]
-      <c r="I38" t="s">
+      <c r="C39" t="s">
         <v>126</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" t="s">
+        <v>127</v>
+      </c>
+      <c r="I39" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">