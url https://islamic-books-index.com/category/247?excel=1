--- v0 (2025-10-30)
+++ v1 (2026-02-15)
@@ -12,476 +12,500 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
     <t>الناشر</t>
   </si>
   <si>
+    <t>السنن 2/1</t>
+  </si>
+  <si>
+    <t>الفقه</t>
+  </si>
+  <si>
+    <t>كتب الحديث المصنفة على أبواب الفقه - عام (مرتب بحسب تاريخ الوفاة)</t>
+  </si>
+  <si>
+    <t>الشافعي، محمد بن إدريس (204 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق - تخريج</t>
+  </si>
+  <si>
+    <t>د. خليل ابراهيم ملا خاطر</t>
+  </si>
+  <si>
+    <t>دار القبلة للثقافة الاسلامية - جدة</t>
+  </si>
+  <si>
+    <t>غوث المكدود بتخريج منتقى ابن الجارود (307 هـ)</t>
+  </si>
+  <si>
+    <t>أبو إسحاق الحويني (1446 هـ)</t>
+  </si>
+  <si>
+    <t>دار الكتاب العربي - لبنان</t>
+  </si>
+  <si>
+    <t>المُنتقى من السنن المسندة عن رسول الله صلى الله عليه وسلم</t>
+  </si>
+  <si>
+    <t>عبد الله بن علي بن الجارود (307 هـ)</t>
+  </si>
+  <si>
+    <t>دار التقوى - مصر</t>
+  </si>
+  <si>
+    <t>الفوائد 2/1</t>
+  </si>
+  <si>
+    <t>أبو القاسم، تمام بن محمد الرازي (414 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق</t>
+  </si>
+  <si>
+    <t>حمدي بن عبد المجيد السلفي</t>
+  </si>
+  <si>
+    <t>مكتبة الرشد - الرياض</t>
+  </si>
+  <si>
+    <t>معرفة السنن والآثار عن الشافعي والمزني 15/1</t>
+  </si>
+  <si>
+    <t>البيهقي، أحمد بن الحسين (458 هـ)</t>
+  </si>
+  <si>
+    <t>د. عبد المعطي أمين قلعه جي</t>
+  </si>
+  <si>
+    <t>بيع دار الباز - مكة</t>
+  </si>
+  <si>
+    <t>معرفة السنن والآثار عن الشافعي والمزني 6/1</t>
+  </si>
+  <si>
+    <t>سيد كسروي حسن</t>
+  </si>
+  <si>
+    <t>دار الكتب العلمية - بيروت</t>
+  </si>
+  <si>
+    <t>بيان خطأ من أخطأ على الشافعي (وهو استدراك من البيهقي على نفسه في كتبه معرفة السنن والآثار)</t>
+  </si>
+  <si>
+    <t>د. الشريف نايف الدعيس</t>
+  </si>
+  <si>
+    <t>مؤسسة الرسالة - بيروت</t>
+  </si>
+  <si>
+    <t>الأحكام الشرعية الصغرى "الصحيحة" 2/1</t>
+  </si>
+  <si>
+    <t>عبد الحق بن عبد الرحمن الأشبيلي (ابن الخراط) (581 هـ)</t>
+  </si>
+  <si>
+    <t>أم محمد بنت أحمد الهليس</t>
+  </si>
+  <si>
+    <t>مكتبة العلم - جدة</t>
+  </si>
+  <si>
+    <t>كتاب الأحكام الوسطى من حديث النبي صلى الله عليه وسلم 4/1</t>
+  </si>
+  <si>
+    <t>حمدي السلفي وصبحي السامرائي</t>
+  </si>
+  <si>
+    <t>الأحكام الشرعية الكبرى 2/1</t>
+  </si>
+  <si>
+    <t>حسين بن عكاشة</t>
+  </si>
+  <si>
+    <t>السنن والأحكام عن المصطفى عليه أفضل الصلاة والسلام 6/1</t>
+  </si>
+  <si>
+    <t>ضياء الدين المقدسي، محمد بن عبدالواحد (643 هـ)</t>
+  </si>
+  <si>
+    <t>دار ماجد عسيري - جدة</t>
+  </si>
+  <si>
+    <t>المنتقى من أخبار المصطفى صلى الله عليه وسلم 4/1</t>
+  </si>
+  <si>
+    <t>أبو البركات عبد السلام بن عبد الله ابن تيمية (652 هـ)</t>
+  </si>
+  <si>
+    <t>تخريج</t>
+  </si>
+  <si>
+    <t>خالد بن ضيف الله الشلاحي</t>
+  </si>
+  <si>
+    <t>المـنتقى في الأحكام الشرعية من كلام خير البرية صلى الله عليه وسلم</t>
+  </si>
+  <si>
+    <t>طارق بن عوض الله</t>
+  </si>
+  <si>
+    <t>دار ابن الجوزي - الدمام</t>
+  </si>
+  <si>
+    <t>نيل الأوطار من أسرار منتقى الأخبار 6/1</t>
+  </si>
+  <si>
+    <t>الشوكاني، محمد بن علي (1250 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق وتعليق</t>
+  </si>
+  <si>
+    <t>دار ابن عفان - الخبر</t>
+  </si>
+  <si>
+    <t>شرح منتقى الأخبار لعبد السلام ابن تيمية الحراني - كتاب الطهارة والصلاة</t>
+  </si>
+  <si>
+    <t>ابن باز، عبد العزيز بن عبد الله (1420 هـ)</t>
+  </si>
+  <si>
+    <t>مراجعة وتقديم</t>
+  </si>
+  <si>
+    <t>د. علي بن عبد العزيز الشبل</t>
+  </si>
+  <si>
+    <t>دار الإمام البخاري - قطر</t>
+  </si>
+  <si>
+    <t>التعليق على المنتقى من أخبار المصطفى صلى الله عليه وسلم 5/1 (تم التعليق عند نهاية كتاب الحدود)</t>
+  </si>
+  <si>
+    <t>ابن عثيمين، محمد بن صالح (1421 هـ)</t>
+  </si>
+  <si>
+    <t>مؤسسة الشيخ محمد ابن صالح العثيمين الخيرية</t>
+  </si>
+  <si>
+    <t>شرح (المنتقى في الأحكام الشرعية من كلام خير البرية صلى الله عليه وسلم (الأركان الخمسة) 5/1</t>
+  </si>
+  <si>
+    <t>صالح بن فوزان الفوزان</t>
+  </si>
+  <si>
+    <t>عناية</t>
+  </si>
+  <si>
+    <t>د. سلمان بن جابر السويلم</t>
+  </si>
+  <si>
+    <t>مكتبة الإمام الذهبي - الكويت</t>
+  </si>
+  <si>
+    <t>الاختصار في التعليق على منتقى الأخبار</t>
+  </si>
+  <si>
+    <t>تقديم سماحة الشيخ</t>
+  </si>
+  <si>
+    <t>عبد العزيز بن عبد الله آل الشيخ</t>
+  </si>
+  <si>
+    <t>دار المأثور - الرياض</t>
+  </si>
+  <si>
     <t>خلاصة الأحكام في مهمات السنن وقواعد الإسلام (أحاديث رؤوس العبادات)</t>
   </si>
   <si>
-    <t>الفقه</t>
-[...4 lines deleted...]
-  <si>
     <t>النووي، يحيى بن شرف (676 هـ)</t>
   </si>
   <si>
-    <t>تحقيق</t>
-[...1 lines deleted...]
-  <si>
     <t>حسين بن إسماعيل الجمل</t>
   </si>
   <si>
-    <t>مؤسسة الرسالة - بيروت</t>
-[...23 lines deleted...]
-    <t>مؤسسة وقف الشيخ عبد الرحمن بن ناصر البراك</t>
+    <t>الإمام في معرفة أحاديث الأحكام 4/1</t>
+  </si>
+  <si>
+    <t>ابن دقيق العيد، محمد بن علي القشيري (702 هـ)</t>
+  </si>
+  <si>
+    <t>سعد بن عبد الله آل حميد</t>
+  </si>
+  <si>
+    <t>دار أطلس الخضراء - الرياض</t>
+  </si>
+  <si>
+    <t>شرح الإلمام بأحاديث الأحكام 5/1</t>
+  </si>
+  <si>
+    <t>محمد خلوف العبد الله</t>
+  </si>
+  <si>
+    <t>دار النوادر - دمشق</t>
+  </si>
+  <si>
+    <t>كتاب الاهتمام بتلخيص كتاب الإلمام</t>
+  </si>
+  <si>
+    <t>عبد الكريم بن منير الحلبي (735 هـ)</t>
+  </si>
+  <si>
+    <t>عناية - تخريج</t>
+  </si>
+  <si>
+    <t>حسام رياض/حسين الجمل</t>
+  </si>
+  <si>
+    <t>مؤسسة الكتب الثقافية - بيروت</t>
+  </si>
+  <si>
+    <t>المحرر في الحديث 2/1</t>
+  </si>
+  <si>
+    <t>ابن عبد الهادي، محمد بن أحمد المقدسي (744 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق - تخريج - شرح</t>
+  </si>
+  <si>
+    <t>د. ماهر بن ياسين الفحل</t>
+  </si>
+  <si>
+    <t>المقرر على أبواب ((الـمحرر)) 2/1</t>
+  </si>
+  <si>
+    <t>يوسف بن ماجد بن أبي المجد المقدسي (783 هـ)</t>
+  </si>
+  <si>
+    <t>دار الرسالة العالمية - بيروت</t>
+  </si>
+  <si>
+    <t>شرح المحرر في الحديث 2/1</t>
+  </si>
+  <si>
+    <t>عبد الكريم بن عبد الله الخضير</t>
+  </si>
+  <si>
+    <t>معالم السنن - الرياض</t>
+  </si>
+  <si>
+    <t>شرح المحرر في الحديث 4/1</t>
+  </si>
+  <si>
+    <t>سعد بن ناصر الشثري</t>
+  </si>
+  <si>
+    <t>دار كنوز أشبيليا - الرياض</t>
+  </si>
+  <si>
+    <t>الدرر في تخريج أحاديث المحرر لابن عبد الهادي</t>
+  </si>
+  <si>
+    <t>التخريج المحبر الحثيث لأحاديث كتاب: المحرر في الحديث (لابن عبد الهادي) 3/1</t>
+  </si>
+  <si>
+    <t>سليم بن عيد الهلالي</t>
+  </si>
+  <si>
+    <t>دار ابن حزم - بيروت</t>
+  </si>
+  <si>
+    <t>التبيان الميسر لأحاديث المحرر في الحديث 3/1</t>
+  </si>
+  <si>
+    <t>زيد بن محمد بن هادي (1435 هـ)</t>
+  </si>
+  <si>
+    <t>دار الميراث النبوي – الجزائر</t>
+  </si>
+  <si>
+    <t>الشرح الميسر لكتاب المحرر، لمحمد بن أحمد بن عبد الهادي المقدسي (744 هـ)</t>
+  </si>
+  <si>
+    <t>أحمد بن علي القرني</t>
+  </si>
+  <si>
+    <t>الناشر المتميز - المدينة</t>
+  </si>
+  <si>
+    <t>روضة الأفهام في شرح زوائد المحرر على بلوغ المرام 4/1</t>
+  </si>
+  <si>
+    <t>عبد الله بن صالح الفوزان</t>
+  </si>
+  <si>
+    <t>المرتب في أحاديث الأحكام - وهو اختصار للمحرر في الحديث لابن عبد الهادي</t>
+  </si>
+  <si>
+    <t>أحمد بن إسماعيل الفرنوي الشافعي (787 هـ)</t>
+  </si>
+  <si>
+    <t>ياسر بن عبد العزيز الثميري</t>
+  </si>
+  <si>
+    <t>مركز سطور البحث العلمي - المدينة</t>
+  </si>
+  <si>
+    <t>إرشاد الفقيه الى معرفة أدلة التنبيه 2/1</t>
+  </si>
+  <si>
+    <t>ابن كثير، إسماعيل بن عمر (774 هـ)</t>
+  </si>
+  <si>
+    <t>بهجة أبو الطيب</t>
+  </si>
+  <si>
+    <t>كتاب الأحكام الكبير الشامل لكتب الأذان – الصلاة – المساجد – استقبال القبلة (3/1)</t>
+  </si>
+  <si>
+    <t>نور الدين طالب</t>
+  </si>
+  <si>
+    <t>فتح العلام بشرح الإعلام بأحاديث الأحكام</t>
+  </si>
+  <si>
+    <t>زكريا بن محمد الأنصاري الشافعي الخزرجي (926 هـ)</t>
+  </si>
+  <si>
+    <t>فادي المغربي</t>
+  </si>
+  <si>
+    <t>دار الفتح للدراسات والنشر - الشارقة</t>
+  </si>
+  <si>
+    <t>مجموعة الحديث على أبواب الفقه 4/1</t>
+  </si>
+  <si>
+    <t>محمد بن عبد الوهاب (1206 هـ)</t>
+  </si>
+  <si>
+    <t>جماعة من المحققين</t>
+  </si>
+  <si>
+    <t>جامعة الإمام محمد بن سعود - الرياض</t>
+  </si>
+  <si>
+    <t>مجموعة الحديث على أبواب الفقه، للشيخ محمد بن عبد الوهاب - شرح لى باب الإمامة</t>
+  </si>
+  <si>
+    <t>زوائد كتاب (مجموع الحديث على أبواب الفقه) على كتاب (المنتقى) لمجد الدين أبي البركات ابن تيمية رحمه الله - من بداية الكتاب إلى نهاية باب صلاة الجنائز - جمعا ودراسة</t>
+  </si>
+  <si>
+    <t>معاذ بن عبد الله الهندي</t>
+  </si>
+  <si>
+    <t>إشراف</t>
+  </si>
+  <si>
+    <t>د. صالح بن عبد الله عسيري</t>
+  </si>
+  <si>
+    <t>الجامعة الإسلامية - المدينة</t>
+  </si>
+  <si>
+    <t>أصول الأحكام</t>
+  </si>
+  <si>
+    <t>ابن قاسم، عبد الرحمن بن محمد (1392 هـ)</t>
+  </si>
+  <si>
+    <t>دار القاسم - الرياض</t>
+  </si>
+  <si>
+    <t>شرح أصول الأحكام 5/1</t>
+  </si>
+  <si>
+    <t>الثمر المستطاب في فقه السنة والكتاب 4/1</t>
+  </si>
+  <si>
+    <t>محمد ناصر الدين الألباني (1420 هـ)</t>
+  </si>
+  <si>
+    <t>دار غراس - الكويت</t>
   </si>
   <si>
     <t>التمام في أحاديث الأحكام (كتاب يجمع أحاديث بلوغ المرام وعمدة الأحكام والمحرر مع ترتيبها وتهذيبها)</t>
   </si>
   <si>
     <t>جمعه</t>
   </si>
   <si>
     <t>خالد بن عبد العزيز الباتلي</t>
   </si>
   <si>
     <t>دار العقيدة - الرياض</t>
-  </si>
-[...340 lines deleted...]
-    <t>دار المأثور - الرياض</t>
   </si>
   <si>
     <t>الجامع التام لأحاديث الأحكام وشيء من فقهها 4/1 (موسوعة شاملة لأحاديث الأحكام وشيء من فقهها)</t>
   </si>
   <si>
     <t>أحمد عيد البصابصة</t>
   </si>
   <si>
     <t>دار الفاروق - الأردن</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -794,1187 +818,1242 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I42"/>
+  <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
-        <v>680</v>
+        <v>204</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
-        <v>1420</v>
+        <v>307</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
-        <v>1500</v>
+        <v>307</v>
       </c>
       <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I4" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
-        <v>1600</v>
+        <v>414</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
-[...5 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>25</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
-        <v>3464</v>
+        <v>458</v>
       </c>
       <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" t="s">
         <v>29</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
-        <v>3496</v>
+        <v>458</v>
       </c>
       <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" t="s">
         <v>32</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
-        <v>3835</v>
+        <v>459</v>
       </c>
       <c r="C8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" t="s">
         <v>35</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="I8" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>4738</v>
+        <v>581</v>
       </c>
       <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" t="s">
         <v>38</v>
       </c>
-      <c r="D9" t="s">
-[...6 lines deleted...]
-        <v>36</v>
+      <c r="G9" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" t="s">
+        <v>39</v>
       </c>
       <c r="I9" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
-        <v>5126</v>
+        <v>582</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G10" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="H10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I10" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>5227</v>
+        <v>583</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G11" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="H11" t="s">
         <v>44</v>
       </c>
       <c r="I11" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
-        <v>5358</v>
+        <v>643</v>
       </c>
       <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" t="s">
         <v>46</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" t="s">
+        <v>44</v>
+      </c>
+      <c r="I12" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>6214</v>
+        <v>652</v>
       </c>
       <c r="C13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H13" t="s">
         <v>51</v>
       </c>
-      <c r="D13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I13" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>6214</v>
+        <v>652</v>
       </c>
       <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" t="s">
+        <v>49</v>
+      </c>
+      <c r="G14" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" t="s">
         <v>53</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" t="s">
+      <c r="I14" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>6246</v>
+        <v>653</v>
       </c>
       <c r="C15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" t="s">
         <v>56</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>57</v>
       </c>
-      <c r="G15" t="s">
+      <c r="H15" t="s">
+        <v>53</v>
+      </c>
+      <c r="I15" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>6390</v>
+        <v>653</v>
       </c>
       <c r="C16" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" t="s">
+        <v>60</v>
+      </c>
+      <c r="G16" t="s">
         <v>61</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" t="s">
+      <c r="H16" t="s">
         <v>62</v>
       </c>
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>6425</v>
+        <v>654</v>
       </c>
       <c r="C17" t="s">
         <v>64</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>65</v>
       </c>
       <c r="I17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>6583</v>
+        <v>654</v>
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>68</v>
       </c>
       <c r="G18" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="H18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>6648</v>
+        <v>654</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>72</v>
+        <v>68</v>
+      </c>
+      <c r="G19" t="s">
+        <v>73</v>
+      </c>
+      <c r="H19" t="s">
+        <v>74</v>
       </c>
       <c r="I19" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>6709</v>
+        <v>680</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G20" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="H20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I20" t="s">
-        <v>78</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
-        <v>6730</v>
+        <v>702</v>
       </c>
       <c r="C21" t="s">
         <v>79</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
         <v>80</v>
       </c>
       <c r="G21" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="H21" t="s">
         <v>81</v>
       </c>
       <c r="I21" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>6826</v>
+        <v>703</v>
       </c>
       <c r="C22" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G22" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="H22" t="s">
         <v>84</v>
       </c>
       <c r="I22" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>6845</v>
+        <v>704</v>
       </c>
       <c r="C23" t="s">
         <v>86</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" t="s">
         <v>87</v>
       </c>
+      <c r="G23" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23" t="s">
+        <v>89</v>
+      </c>
       <c r="I23" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>7477</v>
+        <v>744</v>
       </c>
       <c r="C24" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G24" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="H24" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="I24" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>7478</v>
+        <v>744</v>
       </c>
       <c r="C25" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="I25" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>7479</v>
+        <v>745</v>
       </c>
       <c r="C26" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="I26" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
-        <v>8031</v>
+        <v>745</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="I27" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>8670</v>
+        <v>746</v>
       </c>
       <c r="C28" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="I28" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>8728</v>
+        <v>747</v>
       </c>
       <c r="C29" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="I29" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>10175</v>
+        <v>748</v>
       </c>
       <c r="C30" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I30" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>10176</v>
+        <v>749</v>
       </c>
       <c r="C31" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="I31" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>10820</v>
+        <v>750</v>
       </c>
       <c r="C32" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I32" t="s">
-        <v>115</v>
+        <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>11133</v>
+        <v>750</v>
       </c>
       <c r="C33" t="s">
         <v>116</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
         <v>117</v>
       </c>
-      <c r="G33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H33" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="I33" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>11700</v>
+        <v>774</v>
       </c>
       <c r="C34" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
-        <v>120</v>
+        <v>121</v>
+      </c>
+      <c r="G34" t="s">
+        <v>24</v>
+      </c>
+      <c r="H34" t="s">
+        <v>122</v>
       </c>
       <c r="I34" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>12180</v>
+        <v>775</v>
       </c>
       <c r="C35" t="s">
+        <v>123</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
         <v>121</v>
       </c>
-      <c r="D35" t="s">
-[...6 lines deleted...]
-        <v>122</v>
+      <c r="G35" t="s">
+        <v>69</v>
+      </c>
+      <c r="H35" t="s">
+        <v>124</v>
       </c>
       <c r="I35" t="s">
-        <v>123</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>12636</v>
+        <v>926</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" t="s">
-        <v>125</v>
+        <v>126</v>
+      </c>
+      <c r="G36" t="s">
+        <v>24</v>
+      </c>
+      <c r="H36" t="s">
+        <v>127</v>
       </c>
       <c r="I36" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>13555</v>
+        <v>1115</v>
       </c>
       <c r="C37" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>40</v>
+        <v>130</v>
       </c>
       <c r="G37" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="H37" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="I37" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>14488</v>
+        <v>1116</v>
       </c>
       <c r="C38" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G38" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="H38" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="I38" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>14697</v>
+        <v>1117</v>
       </c>
       <c r="C39" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="G39" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H39" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="I39" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>14767</v>
+        <v>1392</v>
       </c>
       <c r="C40" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="I40" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>16163</v>
+        <v>1393</v>
       </c>
       <c r="C41" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-      <c r="H41" t="s">
         <v>140</v>
       </c>
       <c r="I41" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
+        <v>1421</v>
+      </c>
+      <c r="C42" t="s">
+        <v>143</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" t="s">
+        <v>144</v>
+      </c>
+      <c r="I42" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43">
+        <v>1600</v>
+      </c>
+      <c r="C43" t="s">
+        <v>146</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>147</v>
+      </c>
+      <c r="H43" t="s">
+        <v>148</v>
+      </c>
+      <c r="I43" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44">
         <v>16990</v>
       </c>
-      <c r="C42" t="s">
-[...12 lines deleted...]
-        <v>144</v>
+      <c r="C44" t="s">
+        <v>150</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
+        <v>151</v>
+      </c>
+      <c r="I44" t="s">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">