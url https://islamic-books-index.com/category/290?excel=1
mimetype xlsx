--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -731,65 +731,83 @@
   <si>
     <t>محمد بن إبراهيم آل الشيخ (1389 هـ)</t>
   </si>
   <si>
     <t>محمد بن عبد الرحمن بن قاسم</t>
   </si>
   <si>
     <t>مجموع مؤلفات الشيخ فالح بن مهدي بن سعد آل مهدي النجدي الحنبلي (1391 هـ)</t>
   </si>
   <si>
     <t>فالح بن مهدي آل مهدي (1391 هـ)</t>
   </si>
   <si>
     <t>آثار الشيخ العلامة محمد الأمين الشنقيطي 11/1</t>
   </si>
   <si>
     <t>محمد الأمين بن محمد المختار الشنقيطي (1393 هـ)</t>
   </si>
   <si>
     <t>إشراف</t>
   </si>
   <si>
     <t>د. بكر بن عبد الله أبو زيد</t>
   </si>
   <si>
+    <t>آثار فضيلة الشيخ محمد الطاهر ابن عاشور 17/1</t>
+  </si>
+  <si>
+    <t>محمد الطاهر بن عاشور (1393 هـ)</t>
+  </si>
+  <si>
+    <t>دار الفوائد للنشر - بيروت</t>
+  </si>
+  <si>
     <t>الفهارس الشاملة لآثار الشيخ العلامة محمد الأمين الشنقيطي 2/1</t>
   </si>
   <si>
     <t>زاهر بن محمد الشهري</t>
   </si>
   <si>
     <t>فتاوى الأستاذ العلامة د. محمد خليل هراس</t>
   </si>
   <si>
     <t>محمد بن خليل هراس (1395 هـ)</t>
   </si>
   <si>
     <t>عبد الكريم بن عبد المجيد درويش</t>
   </si>
   <si>
+    <t>مجموع رسائل الشيخ العلامة المحتسب عمر بن حسن بن حسين آل الشيخ (1395 هـ)</t>
+  </si>
+  <si>
+    <t>عمر بن حسن بن حسين آل الشيخ (1395 هـ)</t>
+  </si>
+  <si>
+    <t>دار الصميعي - الرياض</t>
+  </si>
+  <si>
     <t>فتاوى سماحة الشيخ عبد الله بن حميد</t>
   </si>
   <si>
     <t>ابن حميد، عبد الله بن محمد (1402 هـ)</t>
   </si>
   <si>
     <t>عمر بن محمد القاسم</t>
   </si>
   <si>
     <t>الفتاوى والدروس في المسجد الحرام</t>
   </si>
   <si>
     <t>إبراهيم بن علي الحمدان</t>
   </si>
   <si>
     <t>مجموع مقالات سماحة الشيخ عبد الله بن محمد بن حميد</t>
   </si>
   <si>
     <t>مجموع مقالات معالي الشيخ محمد بن علي الحركان (1403 هـ)</t>
   </si>
   <si>
     <t>محمد بن علي الحركان (1403 هـ)</t>
   </si>
   <si>
     <t>رسائل العلامة السلفي محمد تقي الدين الهلالي المغربي للعلماء والوجهاء 4/1</t>
@@ -974,50 +992,65 @@
   <si>
     <t>محمد بن سعيد بكران</t>
   </si>
   <si>
     <t>دار الوفاق - الرياض</t>
   </si>
   <si>
     <t>دروس وفتاوى في المسجد الحرام</t>
   </si>
   <si>
     <t>جمعه</t>
   </si>
   <si>
     <t>صلاح الدين بن عثمان بن أحمد</t>
   </si>
   <si>
     <t>مسائل الإمام عبد العزيز بن باز رحمه الله</t>
   </si>
   <si>
     <t>قيدها</t>
   </si>
   <si>
     <t>د. محمد بن عبد العزيز بن سعد</t>
   </si>
   <si>
+    <t>مجموع الشروح الفقهية 35/1</t>
+  </si>
+  <si>
+    <t>د. يحيى بن أحمد الزامل</t>
+  </si>
+  <si>
+    <t>دار إيلاف الدولية - الكويت</t>
+  </si>
+  <si>
+    <t>الفوائد والفرائد المحققة</t>
+  </si>
+  <si>
+    <t>د. صالح الحسن الغامدي</t>
+  </si>
+  <si>
     <t>إرشاد القاصي والداني إلى فقه الألباني (فهرس المسائل التي ناقشها الألباني)</t>
   </si>
   <si>
     <t>نظير رمضان حجي</t>
   </si>
   <si>
     <t>دار البخاري - مصر</t>
   </si>
   <si>
     <t>الأجوبة النافعة عن أسئلة لجنة مسجد الجامعة</t>
   </si>
   <si>
     <t>محمد ناصر الدين الألباني (1420 هـ)</t>
   </si>
   <si>
     <t>الفتاوى الكويتية والفتاوى الأسترالية</t>
   </si>
   <si>
     <t>عمرو عبد المنعم سليم</t>
   </si>
   <si>
     <t>دار الضياء - الرياض</t>
   </si>
   <si>
     <t>جامع تراث الألباني في الفقه 18/1</t>
@@ -1070,50 +1103,56 @@
   <si>
     <t>عبد الله بن محمد الطيار</t>
   </si>
   <si>
     <t>فتاوى نور على الدرب 12/1</t>
   </si>
   <si>
     <t>اللقاءات الشهرية 4/1</t>
   </si>
   <si>
     <t>دروس وفتاوى من الحرمين الشريفين 18/1</t>
   </si>
   <si>
     <t>فتاوى سؤال على الهاتف 2/1</t>
   </si>
   <si>
     <t>الدروس الفقهية من المحاضرات الجامعية 3/1</t>
   </si>
   <si>
     <t>اللقاءات الرمضانية</t>
   </si>
   <si>
     <t>أجوبة مختصرة في مسائل متنوعة</t>
   </si>
   <si>
+    <t>مختصر فتاوى ابن عثيمين 2/1 - العبادات</t>
+  </si>
+  <si>
+    <t>أحمد بن ناصر الطيار</t>
+  </si>
+  <si>
     <t>مجموع فتاوى الوادعي</t>
   </si>
   <si>
     <t>مقبل بن هادي الوادعي (1422 هـ)</t>
   </si>
   <si>
     <t>صادق بن محمد البيضاني</t>
   </si>
   <si>
     <t>تحفة المجيب على أسئلة الحاضر والغريب</t>
   </si>
   <si>
     <t>دار الآثار - صنعاء</t>
   </si>
   <si>
     <t>الجامع الكبير - خطب ومحاضرات ومواعظ الإمام المجدد مقبل بن هادي الوادعي اليماني 2/1</t>
   </si>
   <si>
     <t>جمع - تخريج</t>
   </si>
   <si>
     <t>أبي عبد الله المصنعي</t>
   </si>
   <si>
     <t>مكتبة صنعاء الأثرية - صنعاء</t>
@@ -1121,53 +1160,50 @@
   <si>
     <t>مجموعة مؤلفات الشيخ عطية محمد سالم 9/1</t>
   </si>
   <si>
     <t>عطية محمد سالم (1420 هـ)</t>
   </si>
   <si>
     <t>دار الجوهرة - المدينة</t>
   </si>
   <si>
     <t>مجموع رسائل ومقالات الشيخ الداعية عبد الرحمن بن عبد الله آل فريان</t>
   </si>
   <si>
     <t>عبد الرحمن بن عبد الله آل فريان (1424 هـ)</t>
   </si>
   <si>
     <t>دار الحضارة - الرياض</t>
   </si>
   <si>
     <t>مجموع مؤلفات وتحقيقات فضيلة الشيخ الدكتور عبد السلام بن برجس آل عبد الكريم رحمه الله (1425 هـ) 7/1</t>
   </si>
   <si>
     <t>عبد السلام بن برجس (1425 هـ)</t>
   </si>
   <si>
-    <t>دار الصميعي - الرياض</t>
-[...1 lines deleted...]
-  <si>
     <t>مجموع رسائل ومقالات</t>
   </si>
   <si>
     <t>عبد الله بن حسن بن قعود (1426 هـ)</t>
   </si>
   <si>
     <t>دار طيبة الخضراء - مكة</t>
   </si>
   <si>
     <t>مجموع مقالات الشيخ العلامة بكر بن عبد الله أبو زيد القضاعي (1429 هـ)</t>
   </si>
   <si>
     <t>بكر بن عبد الله أبو زيد (1429 هـ)</t>
   </si>
   <si>
     <t>مجموعة رسائل فضيلة الشيخ العلامة بكر بن عبد الله أبو زيد (15 رسالة)</t>
   </si>
   <si>
     <t>دار ابن حزم - القاهرة</t>
   </si>
   <si>
     <t>سؤالاتي لفضيلة الشيخ بكر بن عبد الله أبو زيد - رحمه الله</t>
   </si>
   <si>
     <t>عبد الله بن سعد الطخيس</t>
@@ -1382,51 +1418,51 @@
   <si>
     <t>عبد الله بن سليمان بن منيع</t>
   </si>
   <si>
     <t>مجموعة العقيدة 19/1</t>
   </si>
   <si>
     <t>صالح بن عبد العزيز آل الشيخ</t>
   </si>
   <si>
     <t>مكتب الدعوة بسلطانة - الرياض</t>
   </si>
   <si>
     <t>مجموعة الفقه والحديث والتفسير 7/1</t>
   </si>
   <si>
     <t>سلسلة المحاضرات العلمية (عقدية، تراجم، تفسير، العلم وآداب المتعلم، منهجية، فقهية، سياسية) 7/1</t>
   </si>
   <si>
     <t>عادل بن محمد مرسي رفاعي</t>
   </si>
   <si>
     <t>مجموع مؤلفات ورسائل وبحوث الأستاذ د. عبد الله بن محمد الطيار 27/1</t>
   </si>
   <si>
-    <t>الجامع للبحوث والرسائل 22/1</t>
+    <t>الجامع للمؤلفات والرسائل 22/1</t>
   </si>
   <si>
     <t>عبد الرزاق بن عبد المحسن العباد</t>
   </si>
   <si>
     <t>جامع الرسائل والمقدمات</t>
   </si>
   <si>
     <t>عبد الله بن عبد الرحمن السعد</t>
   </si>
   <si>
     <t>مركز رسوخ - عدن</t>
   </si>
   <si>
     <t>مجموعة بحوث علمية</t>
   </si>
   <si>
     <t>وصي الله بن محمد عباس</t>
   </si>
   <si>
     <t>سلسلة الفوائد الحديثية والفقهية المنتقاة من مجلس العلامة مصطفى العدوي 9/1</t>
   </si>
   <si>
     <t>أبو أويس الكردي</t>
   </si>
@@ -1754,51 +1790,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I158"/>
+  <dimension ref="A1:I163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3614,2336 +3650,2469 @@
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" t="s">
         <v>236</v>
       </c>
       <c r="G67" t="s">
         <v>237</v>
       </c>
       <c r="H67" t="s">
         <v>238</v>
       </c>
       <c r="I67" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="C68" t="s">
         <v>239</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" t="s">
         <v>240</v>
       </c>
       <c r="I68" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="C69" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" t="s">
-        <v>242</v>
-[...4 lines deleted...]
-      <c r="H69" t="s">
         <v>243</v>
       </c>
       <c r="I69" t="s">
-        <v>50</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>1402</v>
+        <v>1395</v>
       </c>
       <c r="C70" t="s">
         <v>244</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" t="s">
         <v>245</v>
       </c>
       <c r="G70" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="H70" t="s">
         <v>246</v>
       </c>
       <c r="I70" t="s">
-        <v>181</v>
+        <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
-        <v>1402</v>
+        <v>1395</v>
       </c>
       <c r="C71" t="s">
         <v>247</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="G71" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
       <c r="H71" t="s">
-        <v>248</v>
+        <v>87</v>
       </c>
       <c r="I71" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
         <v>1402</v>
       </c>
       <c r="C72" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="G72" t="s">
-        <v>101</v>
+        <v>52</v>
       </c>
       <c r="H72" t="s">
-        <v>87</v>
+        <v>252</v>
       </c>
       <c r="I72" t="s">
-        <v>88</v>
+        <v>181</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="C73" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" t="s">
         <v>251</v>
       </c>
       <c r="G73" t="s">
-        <v>167</v>
+        <v>52</v>
       </c>
       <c r="H73" t="s">
-        <v>87</v>
+        <v>254</v>
       </c>
       <c r="I73" t="s">
-        <v>88</v>
+        <v>146</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="C74" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G74" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H74" t="s">
-        <v>254</v>
+        <v>87</v>
       </c>
       <c r="I74" t="s">
-        <v>255</v>
+        <v>88</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
-        <v>1409</v>
+        <v>1403</v>
       </c>
       <c r="C75" t="s">
         <v>256</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" t="s">
         <v>257</v>
       </c>
+      <c r="G75" t="s">
+        <v>167</v>
+      </c>
+      <c r="H75" t="s">
+        <v>87</v>
+      </c>
       <c r="I75" t="s">
-        <v>258</v>
+        <v>88</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="C76" t="s">
+        <v>258</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" t="s">
         <v>259</v>
       </c>
-      <c r="D76" t="s">
-[...5 lines deleted...]
-      <c r="F76" t="s">
+      <c r="G76" t="s">
+        <v>96</v>
+      </c>
+      <c r="H76" t="s">
         <v>260</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="C77" t="s">
+        <v>262</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" t="s">
         <v>263</v>
       </c>
-      <c r="D77" t="s">
-[...5 lines deleted...]
-      <c r="F77" t="s">
+      <c r="I77" t="s">
         <v>264</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="C78" t="s">
+        <v>265</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" t="s">
+        <v>266</v>
+      </c>
+      <c r="G78" t="s">
+        <v>52</v>
+      </c>
+      <c r="H78" t="s">
         <v>267</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="C79" t="s">
+        <v>269</v>
+      </c>
+      <c r="D79" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" t="s">
         <v>270</v>
       </c>
-      <c r="D79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H79" t="s">
         <v>271</v>
       </c>
       <c r="I79" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>1416</v>
+        <v>1415</v>
       </c>
       <c r="C80" t="s">
         <v>273</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
-      <c r="F80" t="s">
+      <c r="G80" t="s">
+        <v>101</v>
+      </c>
+      <c r="H80" t="s">
         <v>274</v>
       </c>
       <c r="I80" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>1416</v>
+        <v>1415</v>
       </c>
       <c r="C81" t="s">
         <v>276</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
-      <c r="F81" t="s">
+      <c r="G81" t="s">
+        <v>96</v>
+      </c>
+      <c r="H81" t="s">
         <v>277</v>
       </c>
       <c r="I81" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>1417</v>
+        <v>1416</v>
       </c>
       <c r="C82" t="s">
         <v>279</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" t="s">
         <v>280</v>
       </c>
-      <c r="G82" t="s">
-[...2 lines deleted...]
-      <c r="H82" t="s">
+      <c r="I82" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="C83" t="s">
         <v>282</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
-      <c r="G83" t="s">
-[...2 lines deleted...]
-      <c r="H83" t="s">
+      <c r="F83" t="s">
         <v>283</v>
       </c>
       <c r="I83" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="C84" t="s">
         <v>285</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G84" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="H84" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I84" t="s">
-        <v>161</v>
+        <v>98</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
-        <v>1419</v>
+        <v>1418</v>
       </c>
       <c r="C85" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" t="s">
-        <v>96</v>
+        <v>237</v>
       </c>
       <c r="H85" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="I85" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
         <v>1419</v>
       </c>
       <c r="C86" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" t="s">
-        <v>280</v>
+        <v>286</v>
+      </c>
+      <c r="G86" t="s">
+        <v>101</v>
+      </c>
+      <c r="H86" t="s">
+        <v>292</v>
       </c>
       <c r="I86" t="s">
-        <v>291</v>
+        <v>161</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>1419</v>
       </c>
       <c r="C87" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G87" t="s">
         <v>96</v>
       </c>
       <c r="H87" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="I87" t="s">
-        <v>269</v>
+        <v>295</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
         <v>1419</v>
       </c>
       <c r="C88" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
-      <c r="G88" t="s">
-[...3 lines deleted...]
-        <v>295</v>
+      <c r="F88" t="s">
+        <v>286</v>
       </c>
       <c r="I88" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
         <v>1419</v>
       </c>
       <c r="C89" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
+      <c r="F89" t="s">
+        <v>286</v>
+      </c>
       <c r="G89" t="s">
-        <v>298</v>
+        <v>96</v>
       </c>
       <c r="H89" t="s">
         <v>299</v>
       </c>
       <c r="I89" t="s">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
         <v>1419</v>
       </c>
       <c r="C90" t="s">
+        <v>300</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>101</v>
+      </c>
+      <c r="H90" t="s">
         <v>301</v>
       </c>
-      <c r="D90" t="s">
-[...5 lines deleted...]
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
         <v>1419</v>
       </c>
       <c r="C91" t="s">
+        <v>303</v>
+      </c>
+      <c r="D91" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>304</v>
+      </c>
+      <c r="H91" t="s">
         <v>305</v>
       </c>
-      <c r="D91" t="s">
-[...5 lines deleted...]
-      <c r="G91" t="s">
+      <c r="I91" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
         <v>1419</v>
       </c>
       <c r="C92" t="s">
+        <v>307</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
+        <v>308</v>
+      </c>
+      <c r="H92" t="s">
         <v>309</v>
       </c>
-      <c r="D92" t="s">
-[...8 lines deleted...]
-      <c r="H92" t="s">
+      <c r="I92" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
         <v>1419</v>
       </c>
       <c r="C93" t="s">
         <v>311</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
-      <c r="F93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G93" t="s">
-        <v>167</v>
+        <v>312</v>
       </c>
       <c r="H93" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I93" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
         <v>1419</v>
       </c>
       <c r="C94" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
-      <c r="F94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="H94" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
         <v>1419</v>
       </c>
       <c r="C95" t="s">
         <v>317</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G95" t="s">
+        <v>167</v>
+      </c>
+      <c r="H95" t="s">
         <v>318</v>
       </c>
-      <c r="H95" t="s">
+      <c r="I95" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="C96" t="s">
         <v>320</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" t="s">
+        <v>286</v>
+      </c>
+      <c r="G96" t="s">
         <v>321</v>
       </c>
-      <c r="I96" t="s">
+      <c r="H96" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="C97" t="s">
         <v>323</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" t="s">
+        <v>286</v>
+      </c>
+      <c r="G97" t="s">
         <v>324</v>
       </c>
+      <c r="H97" t="s">
+        <v>325</v>
+      </c>
       <c r="I97" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="C98" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" t="s">
-        <v>324</v>
+        <v>286</v>
       </c>
       <c r="G98" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="H98" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I98" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="C99" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
+      <c r="F99" t="s">
+        <v>286</v>
+      </c>
       <c r="G99" t="s">
-        <v>329</v>
+        <v>113</v>
       </c>
       <c r="H99" t="s">
         <v>330</v>
       </c>
       <c r="I99" t="s">
-        <v>331</v>
+        <v>151</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
         <v>1420</v>
       </c>
       <c r="C100" t="s">
+        <v>331</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" t="s">
         <v>332</v>
       </c>
-      <c r="D100" t="s">
-[...5 lines deleted...]
-      <c r="F100" t="s">
+      <c r="I100" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
         <v>1420</v>
       </c>
       <c r="C101" t="s">
+        <v>334</v>
+      </c>
+      <c r="D101" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" t="s">
+        <v>11</v>
+      </c>
+      <c r="F101" t="s">
         <v>335</v>
       </c>
-      <c r="D101" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I101" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="C102" t="s">
+        <v>336</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" t="s">
+        <v>335</v>
+      </c>
+      <c r="G102" t="s">
+        <v>96</v>
+      </c>
+      <c r="H102" t="s">
         <v>337</v>
       </c>
-      <c r="D102" t="s">
-[...5 lines deleted...]
-      <c r="F102" t="s">
+      <c r="I102" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="C103" t="s">
+        <v>339</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
         <v>340</v>
       </c>
-      <c r="D103" t="s">
-[...6 lines deleted...]
-        <v>338</v>
+      <c r="H103" t="s">
+        <v>341</v>
       </c>
       <c r="I103" t="s">
-        <v>187</v>
+        <v>342</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="C104" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="I104" t="s">
-        <v>187</v>
+        <v>345</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="C105" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
-      <c r="F105" t="s">
-        <v>338</v>
+      <c r="G105" t="s">
+        <v>96</v>
+      </c>
+      <c r="H105" t="s">
+        <v>347</v>
       </c>
       <c r="I105" t="s">
-        <v>187</v>
+        <v>83</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
         <v>1421</v>
       </c>
       <c r="C106" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="I106" t="s">
-        <v>128</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
         <v>1421</v>
       </c>
       <c r="C107" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="I107" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
         <v>1421</v>
       </c>
       <c r="C108" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="I108" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
         <v>1421</v>
       </c>
       <c r="C109" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="I109" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
         <v>1421</v>
       </c>
       <c r="C110" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="I110" t="s">
-        <v>187</v>
+        <v>128</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
         <v>1421</v>
       </c>
       <c r="C111" t="s">
+        <v>356</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>338</v>
       </c>
       <c r="I111" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
         <v>1421</v>
       </c>
       <c r="C112" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="I112" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
         <v>1421</v>
       </c>
       <c r="C113" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="I113" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="C114" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" t="s">
-        <v>353</v>
-[...5 lines deleted...]
-        <v>354</v>
+        <v>349</v>
+      </c>
+      <c r="I114" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="C115" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="I115" t="s">
-        <v>356</v>
+        <v>187</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="C116" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" t="s">
-        <v>353</v>
-[...5 lines deleted...]
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="I116" t="s">
-        <v>360</v>
+        <v>187</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="C117" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="I117" t="s">
-        <v>363</v>
+        <v>187</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="C118" t="s">
+        <v>363</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" t="s">
         <v>364</v>
       </c>
-      <c r="D118" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I118" t="s">
-        <v>366</v>
+        <v>222</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="C119" t="s">
+        <v>365</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" t="s">
+        <v>366</v>
+      </c>
+      <c r="G119" t="s">
+        <v>96</v>
+      </c>
+      <c r="H119" t="s">
         <v>367</v>
-      </c>
-[...10 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
-        <v>1426</v>
+        <v>1422</v>
       </c>
       <c r="C120" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="I120" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
-        <v>1429</v>
+        <v>1422</v>
       </c>
       <c r="C121" t="s">
+        <v>370</v>
+      </c>
+      <c r="D121" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" t="s">
+        <v>366</v>
+      </c>
+      <c r="G121" t="s">
+        <v>371</v>
+      </c>
+      <c r="H121" t="s">
+        <v>372</v>
+      </c>
+      <c r="I121" t="s">
         <v>373</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
-        <v>1429</v>
+        <v>1423</v>
       </c>
       <c r="C122" t="s">
+        <v>374</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
+        <v>11</v>
+      </c>
+      <c r="F122" t="s">
         <v>375</v>
-      </c>
-[...7 lines deleted...]
-        <v>374</v>
       </c>
       <c r="I122" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
-        <v>1430</v>
+        <v>1424</v>
       </c>
       <c r="C123" t="s">
         <v>377</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" t="s">
         <v>378</v>
+      </c>
+      <c r="G123" t="s">
+        <v>167</v>
+      </c>
+      <c r="H123" t="s">
+        <v>87</v>
       </c>
       <c r="I123" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="C124" t="s">
         <v>380</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" t="s">
         <v>381</v>
       </c>
       <c r="I124" t="s">
-        <v>382</v>
+        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125">
-        <v>1432</v>
+        <v>1426</v>
       </c>
       <c r="C125" t="s">
+        <v>382</v>
+      </c>
+      <c r="D125" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
+        <v>11</v>
+      </c>
+      <c r="F125" t="s">
         <v>383</v>
-      </c>
-[...7 lines deleted...]
-        <v>381</v>
       </c>
       <c r="I125" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126">
-        <v>1433</v>
+        <v>1429</v>
       </c>
       <c r="C126" t="s">
         <v>385</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" t="s">
-        <v>211</v>
+        <v>386</v>
+      </c>
+      <c r="G126" t="s">
+        <v>167</v>
+      </c>
+      <c r="H126" t="s">
+        <v>87</v>
       </c>
       <c r="I126" t="s">
-        <v>386</v>
+        <v>88</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="C127" t="s">
         <v>387</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" t="s">
+        <v>386</v>
+      </c>
+      <c r="I127" t="s">
         <v>388</v>
-      </c>
-[...7 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
-        <v>1435</v>
+        <v>1430</v>
       </c>
       <c r="C128" t="s">
+        <v>389</v>
+      </c>
+      <c r="D128" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" t="s">
+        <v>11</v>
+      </c>
+      <c r="F128" t="s">
+        <v>390</v>
+      </c>
+      <c r="I128" t="s">
         <v>391</v>
-      </c>
-[...16 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="C129" t="s">
+        <v>392</v>
+      </c>
+      <c r="D129" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s">
+        <v>11</v>
+      </c>
+      <c r="F129" t="s">
+        <v>393</v>
+      </c>
+      <c r="I129" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130">
-        <v>1436</v>
+        <v>1432</v>
       </c>
       <c r="C130" t="s">
+        <v>395</v>
+      </c>
+      <c r="D130" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" t="s">
+        <v>11</v>
+      </c>
+      <c r="F130" t="s">
+        <v>393</v>
+      </c>
+      <c r="I130" t="s">
         <v>396</v>
-      </c>
-[...10 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
-        <v>1437</v>
+        <v>1433</v>
       </c>
       <c r="C131" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" t="s">
-        <v>400</v>
+        <v>211</v>
       </c>
       <c r="I131" t="s">
-        <v>205</v>
+        <v>398</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132">
-        <v>1438</v>
+        <v>1434</v>
       </c>
       <c r="C132" t="s">
+        <v>399</v>
+      </c>
+      <c r="D132" t="s">
+        <v>10</v>
+      </c>
+      <c r="E132" t="s">
+        <v>11</v>
+      </c>
+      <c r="F132" t="s">
+        <v>400</v>
+      </c>
+      <c r="G132" t="s">
         <v>401</v>
       </c>
-      <c r="D132" t="s">
-[...5 lines deleted...]
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>402</v>
       </c>
-      <c r="G132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I132" t="s">
-        <v>403</v>
+        <v>284</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
-        <v>1439</v>
+        <v>1435</v>
       </c>
       <c r="C133" t="s">
+        <v>403</v>
+      </c>
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>11</v>
+      </c>
+      <c r="F133" t="s">
+        <v>400</v>
+      </c>
+      <c r="G133" t="s">
         <v>404</v>
       </c>
-      <c r="D133" t="s">
-[...5 lines deleted...]
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>405</v>
       </c>
-      <c r="G133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I133" t="s">
-        <v>407</v>
+        <v>284</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
-        <v>1440</v>
+        <v>1436</v>
       </c>
       <c r="C134" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="I134" t="s">
-        <v>410</v>
+        <v>73</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C135" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" t="s">
         <v>409</v>
       </c>
       <c r="I135" t="s">
-        <v>128</v>
+        <v>410</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="C136" t="s">
+        <v>411</v>
+      </c>
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" t="s">
         <v>412</v>
       </c>
-      <c r="D136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I136" t="s">
-        <v>382</v>
+        <v>205</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="C137" t="s">
+        <v>413</v>
+      </c>
+      <c r="D137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" t="s">
+        <v>11</v>
+      </c>
+      <c r="F137" t="s">
         <v>414</v>
       </c>
-      <c r="D137" t="s">
-[...5 lines deleted...]
-      <c r="F137" t="s">
+      <c r="G137" t="s">
+        <v>149</v>
+      </c>
+      <c r="H137" t="s">
+        <v>150</v>
+      </c>
+      <c r="I137" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="C138" t="s">
+        <v>416</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" t="s">
         <v>417</v>
       </c>
-      <c r="D138" t="s">
-[...5 lines deleted...]
-      <c r="F138" t="s">
+      <c r="G138" t="s">
+        <v>154</v>
+      </c>
+      <c r="H138" t="s">
         <v>418</v>
       </c>
-      <c r="G138" t="s">
+      <c r="I138" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="C139" t="s">
+        <v>420</v>
+      </c>
+      <c r="D139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139" t="s">
         <v>421</v>
       </c>
-      <c r="D139" t="s">
-[...5 lines deleted...]
-      <c r="F139" t="s">
+      <c r="I139" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
-        <v>1446</v>
+        <v>1441</v>
       </c>
       <c r="C140" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="I140" t="s">
-        <v>426</v>
+        <v>128</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
-        <v>1447</v>
+        <v>1442</v>
       </c>
       <c r="C141" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="I141" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
-        <v>1499</v>
+        <v>1442</v>
       </c>
       <c r="C142" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" t="s">
-        <v>393</v>
+        <v>427</v>
+      </c>
+      <c r="I142" t="s">
+        <v>428</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
-        <v>1500</v>
+        <v>1443</v>
       </c>
       <c r="C143" t="s">
+        <v>429</v>
+      </c>
+      <c r="D143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" t="s">
+        <v>11</v>
+      </c>
+      <c r="F143" t="s">
         <v>430</v>
       </c>
-      <c r="D143" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G143" t="s">
-        <v>96</v>
+        <v>431</v>
       </c>
       <c r="H143" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I143" t="s">
-        <v>432</v>
+        <v>73</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
-        <v>1500</v>
+        <v>1444</v>
       </c>
       <c r="C144" t="s">
         <v>433</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" t="s">
-        <v>393</v>
+        <v>434</v>
       </c>
       <c r="I144" t="s">
-        <v>369</v>
+        <v>435</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
-        <v>1500</v>
+        <v>1446</v>
       </c>
       <c r="C145" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" t="s">
-        <v>393</v>
-[...5 lines deleted...]
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I145" t="s">
-        <v>12</v>
+        <v>438</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
-        <v>1500</v>
+        <v>1447</v>
       </c>
       <c r="C146" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" t="s">
-        <v>393</v>
-[...5 lines deleted...]
-        <v>248</v>
+        <v>440</v>
       </c>
       <c r="I146" t="s">
-        <v>437</v>
+        <v>398</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
-        <v>1510</v>
+        <v>1499</v>
       </c>
       <c r="C147" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
-      <c r="G147" t="s">
-[...6 lines deleted...]
-        <v>440</v>
+      <c r="F147" t="s">
+        <v>405</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
-        <v>1520</v>
+        <v>1500</v>
       </c>
       <c r="C148" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" t="s">
-        <v>442</v>
+        <v>405</v>
       </c>
       <c r="G148" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="H148" t="s">
         <v>443</v>
       </c>
       <c r="I148" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
-        <v>1530</v>
+        <v>1500</v>
       </c>
       <c r="C149" t="s">
         <v>445</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" t="s">
-        <v>446</v>
+        <v>405</v>
       </c>
       <c r="I149" t="s">
-        <v>437</v>
+        <v>249</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
-        <v>1535</v>
+        <v>1500</v>
       </c>
       <c r="C150" t="s">
+        <v>446</v>
+      </c>
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" t="s">
+        <v>405</v>
+      </c>
+      <c r="G150" t="s">
+        <v>101</v>
+      </c>
+      <c r="H150" t="s">
         <v>447</v>
       </c>
-      <c r="D150" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I150" t="s">
-        <v>191</v>
+        <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
-        <v>1540</v>
+        <v>1500</v>
       </c>
       <c r="C151" t="s">
+        <v>448</v>
+      </c>
+      <c r="D151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151" t="s">
+        <v>405</v>
+      </c>
+      <c r="G151" t="s">
+        <v>101</v>
+      </c>
+      <c r="H151" t="s">
+        <v>254</v>
+      </c>
+      <c r="I151" t="s">
         <v>449</v>
-      </c>
-[...10 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
-        <v>1545</v>
+        <v>1510</v>
       </c>
       <c r="C152" t="s">
+        <v>450</v>
+      </c>
+      <c r="D152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E152" t="s">
+        <v>11</v>
+      </c>
+      <c r="G152" t="s">
+        <v>101</v>
+      </c>
+      <c r="H152" t="s">
+        <v>451</v>
+      </c>
+      <c r="I152" t="s">
         <v>452</v>
-      </c>
-[...10 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
-        <v>1545</v>
+        <v>1520</v>
       </c>
       <c r="C153" t="s">
         <v>453</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="G153" t="s">
         <v>52</v>
       </c>
       <c r="H153" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="I153" t="s">
-        <v>423</v>
+        <v>456</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
-        <v>1550</v>
+        <v>1530</v>
       </c>
       <c r="C154" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" t="s">
-        <v>344</v>
+        <v>458</v>
       </c>
       <c r="I154" t="s">
-        <v>300</v>
+        <v>449</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
-        <v>1570</v>
+        <v>1535</v>
       </c>
       <c r="C155" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="I155" t="s">
-        <v>83</v>
+        <v>191</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
-        <v>1580</v>
+        <v>1540</v>
       </c>
       <c r="C156" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="I156" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
-        <v>1590</v>
+        <v>1545</v>
       </c>
       <c r="C157" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" t="s">
         <v>462</v>
       </c>
       <c r="I157" t="s">
-        <v>125</v>
+        <v>463</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
+        <v>1545</v>
+      </c>
+      <c r="C158" t="s">
+        <v>465</v>
+      </c>
+      <c r="D158" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" t="s">
+        <v>11</v>
+      </c>
+      <c r="F158" t="s">
+        <v>462</v>
+      </c>
+      <c r="G158" t="s">
+        <v>52</v>
+      </c>
+      <c r="H158" t="s">
+        <v>466</v>
+      </c>
+      <c r="I158" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9">
+      <c r="A159">
+        <v>158</v>
+      </c>
+      <c r="B159">
+        <v>1550</v>
+      </c>
+      <c r="C159" t="s">
+        <v>467</v>
+      </c>
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" t="s">
+        <v>355</v>
+      </c>
+      <c r="I159" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9">
+      <c r="A160">
+        <v>159</v>
+      </c>
+      <c r="B160">
+        <v>1570</v>
+      </c>
+      <c r="C160" t="s">
+        <v>468</v>
+      </c>
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" t="s">
+        <v>469</v>
+      </c>
+      <c r="I160" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
+      <c r="A161">
+        <v>160</v>
+      </c>
+      <c r="B161">
+        <v>1580</v>
+      </c>
+      <c r="C161" t="s">
+        <v>470</v>
+      </c>
+      <c r="D161" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" t="s">
+        <v>11</v>
+      </c>
+      <c r="F161" t="s">
+        <v>471</v>
+      </c>
+      <c r="I161" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9">
+      <c r="A162">
+        <v>161</v>
+      </c>
+      <c r="B162">
+        <v>1590</v>
+      </c>
+      <c r="C162" t="s">
+        <v>473</v>
+      </c>
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" t="s">
+        <v>474</v>
+      </c>
+      <c r="I162" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9">
+      <c r="A163">
+        <v>162</v>
+      </c>
+      <c r="B163">
         <v>1610</v>
       </c>
-      <c r="C158" t="s">
-[...11 lines deleted...]
-      <c r="I158" t="s">
+      <c r="C163" t="s">
+        <v>475</v>
+      </c>
+      <c r="D163" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" t="s">
+        <v>476</v>
+      </c>
+      <c r="I163" t="s">
         <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>