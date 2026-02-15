--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -141,50 +141,53 @@
     <t>كتاب الزهد (تقدم في كتب الإمام أحمد الحديثية)</t>
   </si>
   <si>
     <t>أحمد بن حنبل (241 هـ)</t>
   </si>
   <si>
     <t>تحقيق - إشراف</t>
   </si>
   <si>
     <t>يحيى الأزهري/مصطفى العدوي</t>
   </si>
   <si>
     <t>دار ابن رجب - مصر</t>
   </si>
   <si>
     <t>الزهد – الجزء التاسع عشر (يطبع لأول مرة) (انظر جزء 20)</t>
   </si>
   <si>
     <t>عناية</t>
   </si>
   <si>
     <t>محمود بن شوقي بن مفلح</t>
   </si>
   <si>
     <t>دار الرياحين - بيروت</t>
+  </si>
+  <si>
+    <t>الزهد – الجزء الثالث عشر (يطبع لأول مرة)</t>
   </si>
   <si>
     <t>الزهد</t>
   </si>
   <si>
     <t>أسامة بن إسماعيل آل عكاشة</t>
   </si>
   <si>
     <t>دار عباد الرحمن - مصر</t>
   </si>
   <si>
     <t>هناد بن السري (243 هـ)</t>
   </si>
   <si>
     <t>نبيل صلاح عبد المجيد سليم</t>
   </si>
   <si>
     <t>دار البصيرة - مصر</t>
   </si>
   <si>
     <t>تحقيق - تخريج</t>
   </si>
   <si>
     <t>دار الأفهام - الرياض</t>
   </si>
@@ -743,51 +746,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I36"/>
+  <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1035,784 +1038,813 @@
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>241</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s">
         <v>40</v>
       </c>
       <c r="H10" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I10" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11" t="s">
+        <v>45</v>
+      </c>
+      <c r="I11" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>243</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" t="s">
+        <v>48</v>
+      </c>
+      <c r="I12" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>275</v>
+        <v>243</v>
       </c>
       <c r="C13" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
+        <v>47</v>
+      </c>
+      <c r="G13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H13" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>275</v>
       </c>
       <c r="C14" t="s">
         <v>23</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
+        <v>53</v>
+      </c>
+      <c r="I14" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C15" t="s">
+        <v>23</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" t="s">
+        <v>55</v>
+      </c>
+      <c r="I15" t="s">
         <v>56</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C16" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" t="s">
         <v>58</v>
       </c>
-      <c r="D16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I16" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>281</v>
       </c>
       <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" t="s">
+        <v>61</v>
+      </c>
+      <c r="I17" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="C18" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
+        <v>60</v>
+      </c>
+      <c r="I18" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C19" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G19" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" t="s">
+        <v>66</v>
+      </c>
+      <c r="I19" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>348</v>
+        <v>288</v>
       </c>
       <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" t="s">
+        <v>69</v>
+      </c>
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20" t="s">
+        <v>70</v>
+      </c>
+      <c r="I20" t="s">
         <v>71</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>348</v>
       </c>
       <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" t="s">
+        <v>73</v>
+      </c>
+      <c r="G21" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" t="s">
         <v>74</v>
       </c>
-      <c r="D21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>388</v>
+        <v>348</v>
       </c>
       <c r="C22" t="s">
+        <v>75</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" t="s">
+        <v>76</v>
+      </c>
+      <c r="G22" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" t="s">
+        <v>77</v>
+      </c>
+      <c r="I22" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>388</v>
       </c>
       <c r="C23" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" t="s">
+        <v>80</v>
+      </c>
+      <c r="G23" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" t="s">
+        <v>81</v>
+      </c>
+      <c r="I23" t="s">
         <v>82</v>
-      </c>
-[...16 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>458</v>
+        <v>388</v>
       </c>
       <c r="C24" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" t="s">
+        <v>80</v>
+      </c>
+      <c r="G24" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" t="s">
+        <v>84</v>
+      </c>
+      <c r="I24" t="s">
         <v>85</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>458</v>
       </c>
       <c r="C25" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" t="s">
+        <v>87</v>
+      </c>
+      <c r="G25" t="s">
+        <v>20</v>
+      </c>
+      <c r="H25" t="s">
+        <v>88</v>
+      </c>
+      <c r="I25" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="C26" t="s">
+        <v>90</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" t="s">
+        <v>87</v>
+      </c>
+      <c r="G26" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" t="s">
+        <v>48</v>
+      </c>
+      <c r="I26" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
-        <v>671</v>
+        <v>463</v>
       </c>
       <c r="C27" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
+        <v>93</v>
+      </c>
+      <c r="G27" t="s">
         <v>94</v>
       </c>
-      <c r="G27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="I27" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>728</v>
+        <v>671</v>
       </c>
       <c r="C28" t="s">
+        <v>44</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" t="s">
+        <v>95</v>
+      </c>
+      <c r="G28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" t="s">
+        <v>77</v>
+      </c>
+      <c r="I28" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>728</v>
       </c>
       <c r="C29" t="s">
+        <v>97</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" t="s">
+        <v>98</v>
+      </c>
+      <c r="I29" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>751</v>
+        <v>728</v>
       </c>
       <c r="C30" t="s">
+        <v>100</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>98</v>
+      </c>
+      <c r="G30" t="s">
+        <v>40</v>
+      </c>
+      <c r="H30" t="s">
+        <v>101</v>
+      </c>
+      <c r="I30" t="s">
         <v>102</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>795</v>
+        <v>751</v>
       </c>
       <c r="C31" t="s">
+        <v>103</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" t="s">
+        <v>104</v>
+      </c>
+      <c r="I31" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>795</v>
       </c>
       <c r="C32" t="s">
+        <v>106</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" t="s">
+        <v>107</v>
+      </c>
+      <c r="G32" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32" t="s">
+        <v>108</v>
+      </c>
+      <c r="I32" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>902</v>
+        <v>795</v>
       </c>
       <c r="C33" t="s">
+        <v>110</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" t="s">
+        <v>107</v>
+      </c>
+      <c r="G33" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" t="s">
+        <v>111</v>
+      </c>
+      <c r="I33" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>902</v>
       </c>
       <c r="C34" t="s">
+        <v>113</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" t="s">
+        <v>114</v>
+      </c>
+      <c r="G34" t="s">
+        <v>115</v>
+      </c>
+      <c r="H34" t="s">
+        <v>116</v>
+      </c>
+      <c r="I34" t="s">
         <v>117</v>
-      </c>
-[...16 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>1447</v>
+        <v>902</v>
       </c>
       <c r="C35" t="s">
+        <v>118</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>114</v>
+      </c>
+      <c r="G35" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" t="s">
+        <v>119</v>
+      </c>
+      <c r="I35" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
+        <v>1447</v>
+      </c>
+      <c r="C36" t="s">
+        <v>121</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
+        <v>122</v>
+      </c>
+      <c r="I36" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37">
         <v>1500</v>
       </c>
-      <c r="C36" t="s">
-[...8 lines deleted...]
-      <c r="F36" t="s">
+      <c r="C37" t="s">
         <v>124</v>
       </c>
-      <c r="G36" t="s">
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" t="s">
         <v>125</v>
       </c>
-      <c r="H36" t="s">
+      <c r="G37" t="s">
         <v>126</v>
       </c>
-      <c r="I36" t="s">
+      <c r="H37" t="s">
         <v>127</v>
+      </c>
+      <c r="I37" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">