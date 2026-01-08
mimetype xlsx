--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -299,51 +299,51 @@
   <si>
     <t>جمع</t>
   </si>
   <si>
     <t>عبد الجبار بن عبد العظيم آل ماجد</t>
   </si>
   <si>
     <t>دار التوحيد - الرياض</t>
   </si>
   <si>
     <t>إتحاف الأمة بخطابات أئمة آل سعود العامة إلى عموم الأمة</t>
   </si>
   <si>
     <t>ترتيب</t>
   </si>
   <si>
     <t>د. ناصر بن سعود السلامة</t>
   </si>
   <si>
     <t>مكتبة الرشد - الرياض</t>
   </si>
   <si>
     <t>إتحاف المؤمنين بخطابات الملك عبد العزيز إلى عموم المسلمين</t>
   </si>
   <si>
-    <t>ناصر بن سعود السلامة</t>
+    <t>ناصر بن سعود السلامة (1447 هـ)</t>
   </si>
   <si>
     <t>وصايا للمبتعثين</t>
   </si>
   <si>
     <t>صالح بن فوزان الفوزان</t>
   </si>
   <si>
     <t>أوصيك - وصايا في الاعتقاد والعبادات والتربية والأخلاق</t>
   </si>
   <si>
     <t>عبد العزيز بن محمد السدحان</t>
   </si>
   <si>
     <t>مدار القبس - الرياض</t>
   </si>
   <si>
     <t>النصيحة لكتاب الله</t>
   </si>
   <si>
     <t>حافظ بن محمد الحكمي</t>
   </si>
   <si>
     <t>وصايا الآباء للأولاد في النثر العربي حتى نهاية القرن الرابع - جمعا وتوثيقا</t>
   </si>