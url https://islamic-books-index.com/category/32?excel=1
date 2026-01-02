--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -498,50 +498,59 @@
     <t>مكتبة دار النصيحة - المدينة</t>
   </si>
   <si>
     <t>شرح منظومة (منهج الحق) - منظومة في العقيدة والأخلاق للشيخ عبد الرحمن بن سعدي</t>
   </si>
   <si>
     <t>أحمد بن عبد الرحمن القاضي</t>
   </si>
   <si>
     <t>الجوهرة الفريدة في تحقيق العقيدة</t>
   </si>
   <si>
     <t>حافظ بن أحمد الحكمي (1377 هـ)</t>
   </si>
   <si>
     <t>دراسة وتحقيق وشرح</t>
   </si>
   <si>
     <t>مريم طاهر أحمد طالبي مدخلي</t>
   </si>
   <si>
     <t>دار الشريف - الرياض</t>
   </si>
   <si>
     <t>معارج القبول بشرح سلم الوصول إلى علم الأصول في التوحيد</t>
+  </si>
+  <si>
+    <t>شرح (سلم الوصول إلى علم الأصول)، للشيخ حافظ الحكمي</t>
+  </si>
+  <si>
+    <t>عبد الرحمن بن صالح المحمود</t>
+  </si>
+  <si>
+    <t>دار الفضيلة - الرياض</t>
   </si>
   <si>
     <t>الجوهرة الفريدة في تحقيق العقيدة للحكمي ، ويليها قصيدة الحافظ أبي طاهر السلفي لأحمد بن مشرف في نظم عقيدة الإمام أبي زيد ، ويليها: الشهب المرمية على المعطلة والجهمية</t>
   </si>
   <si>
     <t>عبد العزيز بن فيصل الراجحي</t>
   </si>
   <si>
     <t>تحقيق المأمول - تهذيب معارج القبول شرح سلم الوصول (للحكمي)</t>
   </si>
   <si>
     <t>تهذيب</t>
   </si>
   <si>
     <t>عادل بن علي الـمُـحَــــنِّـــي</t>
   </si>
   <si>
     <t>مختصر معارج القبول بشرح سلم الوصول إلى علم الأصول في التوحيد</t>
   </si>
   <si>
     <t>اختصار</t>
   </si>
   <si>
     <t>هشام بن عبد القادر آل عقدة</t>
   </si>
@@ -995,51 +1004,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I67"/>
+  <dimension ref="A1:I68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2282,478 +2291,501 @@
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" t="s">
         <v>157</v>
       </c>
       <c r="G49" t="s">
         <v>68</v>
       </c>
       <c r="H49" t="s">
         <v>124</v>
       </c>
       <c r="I49" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="C50" t="s">
         <v>162</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
-      <c r="G50" t="s">
-[...2 lines deleted...]
-      <c r="H50" t="s">
+      <c r="F50" t="s">
         <v>163</v>
       </c>
       <c r="I50" t="s">
-        <v>26</v>
+        <v>164</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
         <v>1378</v>
       </c>
       <c r="C51" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>165</v>
+        <v>55</v>
       </c>
       <c r="H51" t="s">
         <v>166</v>
       </c>
       <c r="I51" t="s">
-        <v>129</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
         <v>1378</v>
       </c>
       <c r="C52" t="s">
         <v>167</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
         <v>168</v>
       </c>
       <c r="H52" t="s">
         <v>169</v>
       </c>
       <c r="I52" t="s">
-        <v>170</v>
+        <v>129</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
         <v>1378</v>
       </c>
       <c r="C53" t="s">
+        <v>170</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="H53" t="s">
         <v>172</v>
       </c>
       <c r="I53" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>1414</v>
+        <v>1378</v>
       </c>
       <c r="C54" t="s">
         <v>174</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
-      <c r="F54" t="s">
+      <c r="G54" t="s">
+        <v>171</v>
+      </c>
+      <c r="H54" t="s">
         <v>175</v>
       </c>
       <c r="I54" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="C55" t="s">
         <v>177</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
         <v>178</v>
       </c>
       <c r="I55" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>1425</v>
+        <v>1423</v>
       </c>
       <c r="C56" t="s">
         <v>180</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
         <v>181</v>
       </c>
       <c r="I56" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>1442</v>
+        <v>1425</v>
       </c>
       <c r="C57" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I57" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
-        <v>1900</v>
+        <v>1442</v>
       </c>
       <c r="C58" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
-      <c r="G58" t="s">
-[...2 lines deleted...]
-      <c r="H58" t="s">
+      <c r="F58" t="s">
         <v>186</v>
       </c>
       <c r="I58" t="s">
-        <v>187</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
         <v>1900</v>
       </c>
       <c r="C59" t="s">
+        <v>187</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
         <v>188</v>
       </c>
-      <c r="D59" t="s">
-[...5 lines deleted...]
-      <c r="F59" t="s">
+      <c r="H59" t="s">
         <v>189</v>
       </c>
       <c r="I59" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
         <v>1900</v>
       </c>
       <c r="C60" t="s">
         <v>191</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
-      <c r="G60" t="s">
-[...2 lines deleted...]
-      <c r="H60" t="s">
+      <c r="F60" t="s">
         <v>192</v>
       </c>
       <c r="I60" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
         <v>1900</v>
       </c>
       <c r="C61" t="s">
         <v>194</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
-      <c r="F61" t="s">
+      <c r="G61" t="s">
+        <v>18</v>
+      </c>
+      <c r="H61" t="s">
         <v>195</v>
       </c>
       <c r="I61" t="s">
-        <v>70</v>
+        <v>196</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>2000</v>
+        <v>1900</v>
       </c>
       <c r="C62" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I62" t="s">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
         <v>2000</v>
       </c>
       <c r="C63" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I63" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
         <v>2000</v>
       </c>
       <c r="C64" t="s">
         <v>201</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" t="s">
         <v>202</v>
       </c>
+      <c r="I64" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
         <v>2000</v>
       </c>
       <c r="C65" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="I65" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
         <v>2000</v>
       </c>
       <c r="C66" t="s">
         <v>206</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" t="s">
         <v>207</v>
       </c>
       <c r="I66" t="s">
-        <v>173</v>
+        <v>208</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
         <v>2000</v>
       </c>
       <c r="C67" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="G67" t="s">
+        <v>210</v>
+      </c>
+      <c r="I67" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68">
+        <v>67</v>
+      </c>
+      <c r="B68">
+        <v>2000</v>
+      </c>
+      <c r="C68" t="s">
+        <v>211</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" t="s">
+        <v>212</v>
+      </c>
+      <c r="G68" t="s">
         <v>13</v>
       </c>
-      <c r="H67" t="s">
-[...3 lines deleted...]
-        <v>211</v>
+      <c r="H68" t="s">
+        <v>213</v>
+      </c>
+      <c r="I68" t="s">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">