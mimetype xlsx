--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -126,50 +126,62 @@
     <t>أبو الشيخ الأصبهاني، عبد الله بن محمد بن حيان (369 هـ)</t>
   </si>
   <si>
     <t>تحقيق - تعليق</t>
   </si>
   <si>
     <t>أبي الأشبال حسن بن أمين</t>
   </si>
   <si>
     <t>مكتبة التوعية الإسلامية - مصر</t>
   </si>
   <si>
     <t>قوارع القرآن وما يستحب أن لا يخل بقراءته كل يوم وليلة</t>
   </si>
   <si>
     <t>محمد بن يحيى بن الحسن النيسابوري (427 هـ)</t>
   </si>
   <si>
     <t>تحقيق وتخريج</t>
   </si>
   <si>
     <t>د. أحمد بن فارس السلوم</t>
   </si>
   <si>
     <t>مكتبة المعارف - الرياض</t>
+  </si>
+  <si>
+    <t>بستان الواعظين ورياض السامعين</t>
+  </si>
+  <si>
+    <t>ابن الجوزي، عبد الرحمن بن علي البغدادي (597 هـ)</t>
+  </si>
+  <si>
+    <t>صابر فتحي ورضا جمال</t>
+  </si>
+  <si>
+    <t>دار الحضارة - الرياض</t>
   </si>
   <si>
     <t>كيف اهتديت إلى التوحيد والى الطريق المستقيم</t>
   </si>
   <si>
     <t>محمد بن جميل زينو (1431 هـ)</t>
   </si>
   <si>
     <t>دار الصميعي - الرياض</t>
   </si>
   <si>
     <t>اعترافات كنت قبوريا</t>
   </si>
   <si>
     <t>عبد المنعم الجداوي</t>
   </si>
   <si>
     <t>دار القاسم - الرياض</t>
   </si>
   <si>
     <t>الموت عظاته وأحكامه</t>
   </si>
   <si>
     <t>علي بن حسن الحلبي (1442 هـ)</t>
   </si>
@@ -551,51 +563,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I17"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -775,253 +787,282 @@
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8" t="s">
         <v>36</v>
       </c>
       <c r="I8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>1431</v>
+        <v>597</v>
       </c>
       <c r="C9" t="s">
         <v>38</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
+      <c r="G9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H9" t="s">
+        <v>40</v>
+      </c>
       <c r="I9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>1442</v>
+        <v>1432</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>1450</v>
+        <v>1443</v>
       </c>
       <c r="C13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
-      <c r="G13" t="s">
-[...2 lines deleted...]
-      <c r="H13" t="s">
+      <c r="F13" t="s">
         <v>52</v>
       </c>
       <c r="I13" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="C14" t="s">
         <v>54</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>55</v>
       </c>
+      <c r="H14" t="s">
+        <v>56</v>
+      </c>
       <c r="I14" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>2569</v>
+        <v>1451</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>2570</v>
+        <v>2569</v>
       </c>
       <c r="C16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I16" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
+        <v>2570</v>
+      </c>
+      <c r="C17" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>63</v>
+      </c>
+      <c r="I17" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18">
         <v>8766</v>
       </c>
-      <c r="C17" t="s">
-[...12 lines deleted...]
-        <v>63</v>
+      <c r="C18" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" t="s">
+        <v>66</v>
+      </c>
+      <c r="I18" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">