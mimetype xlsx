--- v0 (2025-11-03)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -426,50 +426,53 @@
     <t>خالد بن عبد اللطيف السبع العلمي</t>
   </si>
   <si>
     <t>دار ابن حزم - بيروت</t>
   </si>
   <si>
     <t>تذكرة السامع والمتكلم في آداب العالم والتعلم</t>
   </si>
   <si>
     <t>ابن جماعة، محمد بن إبراهيم الكناني (733 هـ)</t>
   </si>
   <si>
     <t>محمد بن مهدي العجمي</t>
   </si>
   <si>
     <t>دار البشائر الإسلامية - بيروت</t>
   </si>
   <si>
     <t>تذكرة السامع والمتكلم في أدب العالم والمتعلم</t>
   </si>
   <si>
     <t>فادي المغربي</t>
   </si>
   <si>
     <t>دار الفتح للدراسات والنشر - الشارقة</t>
+  </si>
+  <si>
+    <t>مركز سطور البحث العلمي - المدينة</t>
   </si>
   <si>
     <t>بيان زغل العلم</t>
   </si>
   <si>
     <t>شمس الدين الذهبي، محمد بن أحمد (748 هـ)</t>
   </si>
   <si>
     <t>محمد بن عبد الله أحمد (أبو الفضل القونوي)</t>
   </si>
   <si>
     <t>مجموع فيه وصية الذهبي لمحمد السلامي/جزء في التمسك بالسنن/كلمات في العلم والاتباع/نصيحة ابن دقيق العيد في القضاء</t>
   </si>
   <si>
     <t>د. جمال عزون</t>
   </si>
   <si>
     <t>مكتبة العمرين العلمية - الإمارات</t>
   </si>
   <si>
     <t>كلمات في العلم وأدب الطلب والاتباع وذم الابتداع (مستخرجة من كلام الذهبي)</t>
   </si>
   <si>
     <t>طلب العلم، فوائد ونصائح وحكم (منتقى من كتب الذهبي)</t>
   </si>
@@ -1400,51 +1403,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I119"/>
+  <dimension ref="A1:I120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2536,2037 +2539,2066 @@
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
         <v>132</v>
       </c>
       <c r="G41" t="s">
         <v>19</v>
       </c>
       <c r="H41" t="s">
         <v>136</v>
       </c>
       <c r="I41" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>747</v>
+        <v>733</v>
       </c>
       <c r="C42" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="G42" t="s">
         <v>19</v>
       </c>
       <c r="H42" t="s">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="I42" t="s">
-        <v>99</v>
+        <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="C43" t="s">
+        <v>139</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>140</v>
+      </c>
+      <c r="G43" t="s">
+        <v>19</v>
+      </c>
+      <c r="H43" t="s">
         <v>141</v>
       </c>
-      <c r="D43" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I43" t="s">
-        <v>143</v>
+        <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>748</v>
       </c>
       <c r="C44" t="s">
+        <v>142</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>97</v>
+      </c>
+      <c r="H44" t="s">
+        <v>143</v>
+      </c>
+      <c r="I44" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>748</v>
       </c>
       <c r="C45" t="s">
         <v>145</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>146</v>
+        <v>19</v>
       </c>
       <c r="H45" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="I45" t="s">
-        <v>89</v>
+        <v>51</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C46" t="s">
+        <v>146</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>147</v>
+      </c>
+      <c r="H46" t="s">
         <v>148</v>
       </c>
-      <c r="D46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I46" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
         <v>751</v>
       </c>
       <c r="C47" t="s">
+        <v>149</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>150</v>
+      </c>
+      <c r="H47" t="s">
         <v>151</v>
       </c>
-      <c r="D47" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I47" t="s">
-        <v>154</v>
+        <v>79</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>795</v>
+        <v>751</v>
       </c>
       <c r="C48" t="s">
+        <v>152</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>153</v>
+      </c>
+      <c r="H48" t="s">
+        <v>154</v>
+      </c>
+      <c r="I48" t="s">
         <v>155</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
         <v>795</v>
       </c>
       <c r="C49" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G49" t="s">
         <v>19</v>
       </c>
       <c r="H49" t="s">
-        <v>88</v>
+        <v>158</v>
       </c>
       <c r="I49" t="s">
-        <v>104</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="C50" t="s">
         <v>159</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G50" t="s">
         <v>19</v>
       </c>
       <c r="H50" t="s">
-        <v>160</v>
+        <v>88</v>
       </c>
       <c r="I50" t="s">
-        <v>161</v>
+        <v>104</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
-        <v>909</v>
+        <v>796</v>
       </c>
       <c r="C51" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="G51" t="s">
         <v>19</v>
       </c>
       <c r="H51" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="I51" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
-        <v>984</v>
+        <v>909</v>
       </c>
       <c r="C52" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="G52" t="s">
         <v>19</v>
       </c>
       <c r="H52" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="I52" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
-        <v>1033</v>
+        <v>984</v>
       </c>
       <c r="C53" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="G53" t="s">
         <v>19</v>
       </c>
       <c r="H53" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="I53" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>1188</v>
+        <v>1033</v>
       </c>
       <c r="C54" t="s">
+        <v>171</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>172</v>
+      </c>
+      <c r="G54" t="s">
+        <v>19</v>
+      </c>
+      <c r="H54" t="s">
+        <v>154</v>
+      </c>
+      <c r="I54" t="s">
         <v>173</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
         <v>1188</v>
       </c>
       <c r="C55" t="s">
+        <v>174</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" t="s">
+        <v>175</v>
+      </c>
+      <c r="G55" t="s">
+        <v>97</v>
+      </c>
+      <c r="H55" t="s">
         <v>176</v>
-      </c>
-[...13 lines deleted...]
-        <v>175</v>
       </c>
       <c r="I55" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>1250</v>
+        <v>1188</v>
       </c>
       <c r="C56" t="s">
         <v>177</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G56" t="s">
         <v>19</v>
       </c>
       <c r="H56" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="I56" t="s">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
         <v>1250</v>
       </c>
       <c r="C57" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G57" t="s">
         <v>19</v>
       </c>
       <c r="H57" t="s">
+        <v>180</v>
+      </c>
+      <c r="I57" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
         <v>1250</v>
       </c>
       <c r="C58" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G58" t="s">
+        <v>19</v>
+      </c>
+      <c r="H58" t="s">
         <v>182</v>
       </c>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I58" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
-        <v>1332</v>
+        <v>1250</v>
       </c>
       <c r="C59" t="s">
+        <v>178</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" t="s">
+        <v>179</v>
+      </c>
+      <c r="G59" t="s">
+        <v>183</v>
+      </c>
+      <c r="H59" t="s">
         <v>184</v>
       </c>
-      <c r="D59" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I59" t="s">
-        <v>187</v>
+        <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>1362</v>
+        <v>1332</v>
       </c>
       <c r="C60" t="s">
+        <v>185</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" t="s">
+        <v>186</v>
+      </c>
+      <c r="G60" t="s">
+        <v>19</v>
+      </c>
+      <c r="H60" t="s">
+        <v>187</v>
+      </c>
+      <c r="I60" t="s">
         <v>188</v>
-      </c>
-[...16 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>1376</v>
+        <v>1362</v>
       </c>
       <c r="C61" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G61" t="s">
         <v>97</v>
       </c>
       <c r="H61" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="I61" t="s">
-        <v>30</v>
+        <v>191</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
         <v>1376</v>
       </c>
       <c r="C62" t="s">
+        <v>192</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" t="s">
         <v>193</v>
       </c>
-      <c r="D62" t="s">
-[...6 lines deleted...]
-        <v>192</v>
+      <c r="G62" t="s">
+        <v>97</v>
       </c>
       <c r="H62" t="s">
-        <v>194</v>
+        <v>154</v>
       </c>
       <c r="I62" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
-        <v>1386</v>
+        <v>1376</v>
       </c>
       <c r="C63" t="s">
+        <v>194</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" t="s">
+        <v>193</v>
+      </c>
+      <c r="H63" t="s">
         <v>195</v>
       </c>
-      <c r="D63" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I63" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>1417</v>
+        <v>1386</v>
       </c>
       <c r="C64" t="s">
+        <v>196</v>
+      </c>
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" t="s">
+        <v>197</v>
+      </c>
+      <c r="G64" t="s">
+        <v>198</v>
+      </c>
+      <c r="H64" t="s">
+        <v>199</v>
+      </c>
+      <c r="I64" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>1420</v>
+        <v>1417</v>
       </c>
       <c r="C65" t="s">
+        <v>201</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
+        <v>202</v>
+      </c>
+      <c r="G65" t="s">
+        <v>97</v>
+      </c>
+      <c r="H65" t="s">
         <v>203</v>
       </c>
-      <c r="D65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I65" t="s">
-        <v>205</v>
+        <v>134</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="C66" t="s">
-        <v>47</v>
+        <v>204</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" t="s">
-        <v>123</v>
+        <v>205</v>
       </c>
       <c r="I66" t="s">
-        <v>124</v>
+        <v>206</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="C67" t="s">
-        <v>206</v>
+        <v>47</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" t="s">
-        <v>207</v>
+        <v>123</v>
       </c>
       <c r="I67" t="s">
-        <v>208</v>
+        <v>124</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="C68" t="s">
+        <v>207</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" t="s">
+        <v>208</v>
+      </c>
+      <c r="I68" t="s">
         <v>209</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>1428</v>
+        <v>1425</v>
       </c>
       <c r="C69" t="s">
+        <v>210</v>
+      </c>
+      <c r="D69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" t="s">
+        <v>211</v>
+      </c>
+      <c r="I69" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
         <v>1428</v>
       </c>
       <c r="C70" t="s">
+        <v>213</v>
+      </c>
+      <c r="D70" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" t="s">
+        <v>214</v>
+      </c>
+      <c r="G70" t="s">
+        <v>215</v>
+      </c>
+      <c r="H70" t="s">
+        <v>216</v>
+      </c>
+      <c r="I70" t="s">
         <v>217</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="C71" t="s">
+        <v>218</v>
+      </c>
+      <c r="D71" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" t="s">
         <v>219</v>
       </c>
-      <c r="D71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I71" t="s">
-        <v>211</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
         <v>1429</v>
       </c>
       <c r="C72" t="s">
+        <v>220</v>
+      </c>
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" t="s">
         <v>221</v>
       </c>
-      <c r="D72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="C73" t="s">
         <v>222</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I73" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="C74" t="s">
         <v>223</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" t="s">
-        <v>123</v>
+        <v>221</v>
       </c>
       <c r="I74" t="s">
-        <v>124</v>
+        <v>212</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="C75" t="s">
         <v>224</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" t="s">
-        <v>225</v>
+        <v>123</v>
       </c>
       <c r="I75" t="s">
-        <v>226</v>
+        <v>124</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="C76" t="s">
+        <v>225</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" t="s">
+        <v>226</v>
+      </c>
+      <c r="I76" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
-        <v>1434</v>
+        <v>1433</v>
       </c>
       <c r="C77" t="s">
+        <v>228</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" t="s">
         <v>229</v>
       </c>
-      <c r="D77" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I77" t="s">
-        <v>205</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
-        <v>1447</v>
+        <v>1434</v>
       </c>
       <c r="C78" t="s">
+        <v>230</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" t="s">
+        <v>231</v>
+      </c>
+      <c r="G78" t="s">
         <v>232</v>
       </c>
-      <c r="D78" t="s">
-[...6 lines deleted...]
-        <v>233</v>
+      <c r="H78" t="s">
+        <v>98</v>
       </c>
       <c r="I78" t="s">
-        <v>234</v>
+        <v>206</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
-        <v>1448</v>
+        <v>1447</v>
       </c>
       <c r="C79" t="s">
+        <v>233</v>
+      </c>
+      <c r="D79" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" t="s">
+        <v>234</v>
+      </c>
+      <c r="I79" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="C80" t="s">
+        <v>236</v>
+      </c>
+      <c r="D80" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>237</v>
+      </c>
+      <c r="I80" t="s">
         <v>238</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>1450</v>
+        <v>1449</v>
       </c>
       <c r="C81" t="s">
+        <v>239</v>
+      </c>
+      <c r="D81" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" t="s">
+        <v>240</v>
+      </c>
+      <c r="G81" t="s">
+        <v>241</v>
+      </c>
+      <c r="H81" t="s">
         <v>242</v>
       </c>
-      <c r="D81" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I81" t="s">
-        <v>246</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
         <v>1450</v>
       </c>
       <c r="C82" t="s">
+        <v>243</v>
+      </c>
+      <c r="D82" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>244</v>
+      </c>
+      <c r="G82" t="s">
+        <v>245</v>
+      </c>
+      <c r="H82" t="s">
+        <v>246</v>
+      </c>
+      <c r="I82" t="s">
         <v>247</v>
-      </c>
-[...10 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
-        <v>1460</v>
+        <v>1450</v>
       </c>
       <c r="C83" t="s">
+        <v>248</v>
+      </c>
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" t="s">
+        <v>249</v>
+      </c>
+      <c r="I83" t="s">
         <v>250</v>
-      </c>
-[...16 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>1470</v>
+        <v>1460</v>
       </c>
       <c r="C84" t="s">
-        <v>47</v>
+        <v>251</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" t="s">
+        <v>252</v>
+      </c>
+      <c r="G84" t="s">
+        <v>253</v>
+      </c>
+      <c r="H84" t="s">
+        <v>254</v>
+      </c>
+      <c r="I84" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
         <v>1470</v>
       </c>
       <c r="C85" t="s">
+        <v>47</v>
+      </c>
+      <c r="D85" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" t="s">
+        <v>256</v>
+      </c>
+      <c r="I85" t="s">
         <v>257</v>
-      </c>
-[...10 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
         <v>1470</v>
       </c>
       <c r="C86" t="s">
+        <v>258</v>
+      </c>
+      <c r="D86" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" t="s">
+        <v>11</v>
+      </c>
+      <c r="F86" t="s">
+        <v>259</v>
+      </c>
+      <c r="I86" t="s">
         <v>260</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>1470</v>
       </c>
       <c r="C87" t="s">
+        <v>261</v>
+      </c>
+      <c r="D87" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>262</v>
+      </c>
+      <c r="H87" t="s">
         <v>263</v>
       </c>
-      <c r="D87" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I87" t="s">
-        <v>265</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
-        <v>1471</v>
+        <v>1470</v>
       </c>
       <c r="C88" t="s">
+        <v>264</v>
+      </c>
+      <c r="D88" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" t="s">
+        <v>11</v>
+      </c>
+      <c r="F88" t="s">
+        <v>265</v>
+      </c>
+      <c r="I88" t="s">
         <v>266</v>
-      </c>
-[...16 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
         <v>1471</v>
       </c>
       <c r="C89" t="s">
+        <v>267</v>
+      </c>
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" t="s">
+        <v>11</v>
+      </c>
+      <c r="F89" t="s">
+        <v>268</v>
+      </c>
+      <c r="G89" t="s">
+        <v>97</v>
+      </c>
+      <c r="H89" t="s">
+        <v>269</v>
+      </c>
+      <c r="I89" t="s">
         <v>270</v>
-      </c>
-[...16 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
-        <v>1472</v>
+        <v>1471</v>
       </c>
       <c r="C90" t="s">
+        <v>271</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" t="s">
+        <v>268</v>
+      </c>
+      <c r="G90" t="s">
+        <v>272</v>
+      </c>
+      <c r="H90" t="s">
+        <v>273</v>
+      </c>
+      <c r="I90" t="s">
         <v>274</v>
-      </c>
-[...10 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
-        <v>1479</v>
+        <v>1472</v>
       </c>
       <c r="C91" t="s">
+        <v>275</v>
+      </c>
+      <c r="D91" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" t="s">
+        <v>11</v>
+      </c>
+      <c r="F91" t="s">
+        <v>276</v>
+      </c>
+      <c r="I91" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="C92" t="s">
+        <v>278</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" t="s">
+        <v>268</v>
+      </c>
+      <c r="I92" t="s">
         <v>279</v>
-      </c>
-[...16 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
         <v>1480</v>
       </c>
       <c r="C93" t="s">
+        <v>280</v>
+      </c>
+      <c r="D93" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" t="s">
+        <v>281</v>
+      </c>
+      <c r="G93" t="s">
+        <v>282</v>
+      </c>
+      <c r="H93" t="s">
+        <v>283</v>
+      </c>
+      <c r="I93" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
         <v>1480</v>
       </c>
       <c r="C94" t="s">
+        <v>285</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" t="s">
         <v>286</v>
       </c>
-      <c r="D94" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I94" t="s">
-        <v>290</v>
+        <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
         <v>1480</v>
       </c>
       <c r="C95" t="s">
+        <v>287</v>
+      </c>
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" t="s">
+        <v>288</v>
+      </c>
+      <c r="G95" t="s">
+        <v>289</v>
+      </c>
+      <c r="H95" t="s">
+        <v>290</v>
+      </c>
+      <c r="I95" t="s">
         <v>291</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
         <v>1480</v>
       </c>
       <c r="C96" t="s">
+        <v>292</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" t="s">
         <v>293</v>
       </c>
-      <c r="D96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I96" t="s">
-        <v>294</v>
+        <v>81</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
-        <v>1481</v>
+        <v>1480</v>
       </c>
       <c r="C97" t="s">
+        <v>294</v>
+      </c>
+      <c r="D97" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" t="s">
+        <v>11</v>
+      </c>
+      <c r="I97" t="s">
         <v>295</v>
-      </c>
-[...10 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
         <v>1481</v>
       </c>
       <c r="C98" t="s">
+        <v>296</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" t="s">
+        <v>297</v>
+      </c>
+      <c r="I98" t="s">
         <v>298</v>
-      </c>
-[...13 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
-        <v>1482</v>
+        <v>1481</v>
       </c>
       <c r="C99" t="s">
+        <v>299</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>300</v>
+      </c>
+      <c r="H99" t="s">
         <v>301</v>
       </c>
-      <c r="D99" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I99" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
-        <v>1483</v>
+        <v>1482</v>
       </c>
       <c r="C100" t="s">
+        <v>302</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" t="s">
+        <v>303</v>
+      </c>
+      <c r="G100" t="s">
+        <v>245</v>
+      </c>
+      <c r="H100" t="s">
         <v>304</v>
       </c>
-      <c r="D100" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I100" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
         <v>1483</v>
       </c>
       <c r="C101" t="s">
+        <v>305</v>
+      </c>
+      <c r="D101" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" t="s">
+        <v>11</v>
+      </c>
+      <c r="F101" t="s">
+        <v>306</v>
+      </c>
+      <c r="G101" t="s">
+        <v>245</v>
+      </c>
+      <c r="H101" t="s">
         <v>307</v>
       </c>
-      <c r="D101" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I101" t="s">
-        <v>309</v>
+        <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
         <v>1483</v>
       </c>
       <c r="C102" t="s">
+        <v>308</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" t="s">
+        <v>309</v>
+      </c>
+      <c r="I102" t="s">
         <v>310</v>
-      </c>
-[...10 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
-        <v>1484</v>
+        <v>1483</v>
       </c>
       <c r="C103" t="s">
+        <v>311</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
+        <v>11</v>
+      </c>
+      <c r="F103" t="s">
+        <v>312</v>
+      </c>
+      <c r="I103" t="s">
         <v>313</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
-        <v>1509</v>
+        <v>1484</v>
       </c>
       <c r="C104" t="s">
+        <v>314</v>
+      </c>
+      <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" t="s">
+        <v>315</v>
+      </c>
+      <c r="G104" t="s">
+        <v>262</v>
+      </c>
+      <c r="H104" t="s">
         <v>316</v>
       </c>
-      <c r="D104" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I104" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
         <v>1509</v>
       </c>
       <c r="C105" t="s">
+        <v>317</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" t="s">
         <v>318</v>
       </c>
-      <c r="D105" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I105" t="s">
-        <v>319</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
         <v>1509</v>
       </c>
       <c r="C106" t="s">
+        <v>319</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" t="s">
+        <v>318</v>
+      </c>
+      <c r="I106" t="s">
         <v>320</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
         <v>1509</v>
       </c>
       <c r="C107" t="s">
         <v>321</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="I107" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
-        <v>1510</v>
+        <v>1509</v>
       </c>
       <c r="C108" t="s">
         <v>322</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="I108" t="s">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
         <v>1510</v>
       </c>
       <c r="C109" t="s">
+        <v>323</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" t="s">
         <v>324</v>
       </c>
-      <c r="D109" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I109" t="s">
-        <v>134</v>
+        <v>191</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
         <v>1510</v>
       </c>
       <c r="C110" t="s">
+        <v>325</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" t="s">
         <v>326</v>
       </c>
-      <c r="D110" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I110" t="s">
-        <v>259</v>
+        <v>134</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
         <v>1510</v>
       </c>
       <c r="C111" t="s">
+        <v>327</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" t="s">
         <v>328</v>
       </c>
-      <c r="D111" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I111" t="s">
-        <v>331</v>
+        <v>260</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
-        <v>1600</v>
+        <v>1510</v>
       </c>
       <c r="C112" t="s">
+        <v>329</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" t="s">
+        <v>330</v>
+      </c>
+      <c r="G112" t="s">
+        <v>245</v>
+      </c>
+      <c r="H112" t="s">
+        <v>331</v>
+      </c>
+      <c r="I112" t="s">
         <v>332</v>
-      </c>
-[...10 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
-        <v>1700</v>
+        <v>1600</v>
       </c>
       <c r="C113" t="s">
+        <v>333</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" t="s">
+        <v>334</v>
+      </c>
+      <c r="I113" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
         <v>1700</v>
       </c>
       <c r="C114" t="s">
+        <v>336</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" t="s">
         <v>337</v>
       </c>
-      <c r="D114" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I114" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
         <v>1700</v>
       </c>
       <c r="C115" t="s">
         <v>338</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I115" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
         <v>1700</v>
       </c>
       <c r="C116" t="s">
         <v>339</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" t="s">
-        <v>68</v>
+        <v>337</v>
       </c>
       <c r="I116" t="s">
-        <v>104</v>
+        <v>274</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
-        <v>1800</v>
+        <v>1700</v>
       </c>
       <c r="C117" t="s">
         <v>340</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" t="s">
-        <v>341</v>
+        <v>68</v>
       </c>
       <c r="I117" t="s">
-        <v>342</v>
+        <v>104</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
         <v>1800</v>
       </c>
       <c r="C118" t="s">
+        <v>341</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" t="s">
+        <v>342</v>
+      </c>
+      <c r="I118" t="s">
         <v>343</v>
-      </c>
-[...10 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
         <v>1800</v>
       </c>
       <c r="C119" t="s">
+        <v>344</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" t="s">
         <v>345</v>
       </c>
-      <c r="D119" t="s">
-[...5 lines deleted...]
-      <c r="F119" t="s">
+      <c r="I119" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120">
+        <v>119</v>
+      </c>
+      <c r="B120">
+        <v>1800</v>
+      </c>
+      <c r="C120" t="s">
         <v>346</v>
       </c>
-      <c r="I119" t="s">
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" t="s">
+        <v>347</v>
+      </c>
+      <c r="I120" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>