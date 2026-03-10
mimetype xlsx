--- v1 (2026-01-09)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -189,50 +189,62 @@
     <t>الشيخ محمد ناصر الدين الألباني</t>
   </si>
   <si>
     <t>مكتبة المعارف - الرياض</t>
   </si>
   <si>
     <t>تحقيق وتعليق</t>
   </si>
   <si>
     <t>د. رياض حسين الطائي</t>
   </si>
   <si>
     <t>ركائز للنشر - الكويت</t>
   </si>
   <si>
     <t>كتاب آداب المعلمين</t>
   </si>
   <si>
     <t>محمد بن سحنون (256 هـ)</t>
   </si>
   <si>
     <t>عادل بن عبد الله آل حمدان</t>
   </si>
   <si>
     <t>دار اللؤلؤة - بيروت</t>
+  </si>
+  <si>
+    <t>الجزء الرابع من كتاب العلم</t>
+  </si>
+  <si>
+    <t>المروزي، أحمد بن علي (292 هـ)</t>
+  </si>
+  <si>
+    <t>عمرو عبد العظيم الحويني</t>
+  </si>
+  <si>
+    <t>مكتبة الخانجي - القاهرة</t>
   </si>
   <si>
     <t>فرض طلب العلم</t>
   </si>
   <si>
     <t>الآجري، محمد بن الحسين (360 هـ)</t>
   </si>
   <si>
     <t>علي بن أحمد الرازحي</t>
   </si>
   <si>
     <t>الرسالة المفصلة لأحوال المتعلمين وأحكام المعلمين والمتعلمين</t>
   </si>
   <si>
     <t>علي بن محمد القابسي المالكي (403 هـ)</t>
   </si>
   <si>
     <t>علي بن أحمد الكندي المرر</t>
   </si>
   <si>
     <t>مؤسسة بينونة - أبو ظبي</t>
   </si>
   <si>
     <t>عارية الكتب</t>
   </si>
@@ -1403,51 +1415,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I120"/>
+  <dimension ref="A1:I121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1783,2823 +1795,2852 @@
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>19</v>
       </c>
       <c r="H14" t="s">
         <v>57</v>
       </c>
       <c r="I14" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>360</v>
+        <v>292</v>
       </c>
       <c r="C15" t="s">
         <v>59</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
         <v>60</v>
       </c>
       <c r="G15" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="H15" t="s">
         <v>61</v>
       </c>
       <c r="I15" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>403</v>
+        <v>360</v>
       </c>
       <c r="C16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G16" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="H16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I16" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>429</v>
+        <v>403</v>
       </c>
       <c r="C17" t="s">
         <v>66</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>67</v>
       </c>
       <c r="G17" t="s">
         <v>19</v>
       </c>
       <c r="H17" t="s">
         <v>68</v>
       </c>
       <c r="I17" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>458</v>
+        <v>429</v>
       </c>
       <c r="C18" t="s">
         <v>70</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>71</v>
       </c>
       <c r="G18" t="s">
         <v>19</v>
       </c>
       <c r="H18" t="s">
         <v>72</v>
       </c>
       <c r="I18" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>458</v>
       </c>
       <c r="C19" t="s">
         <v>74</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="G19" t="s">
         <v>19</v>
       </c>
       <c r="H19" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G20" t="s">
         <v>19</v>
       </c>
       <c r="H20" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="I20" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>461</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G21" t="s">
         <v>19</v>
       </c>
       <c r="H21" t="s">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I21" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>461</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G22" t="s">
         <v>19</v>
       </c>
       <c r="H22" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I22" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C23" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G23" t="s">
         <v>19</v>
       </c>
       <c r="H23" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I23" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>462</v>
       </c>
       <c r="C24" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G24" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="H24" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I24" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="C25" t="s">
         <v>90</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="G25" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="H25" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="I25" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>463</v>
       </c>
       <c r="C26" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G26" t="s">
-        <v>92</v>
+        <v>49</v>
       </c>
       <c r="H26" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="I26" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>463</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G27" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="H27" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="I27" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C28" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G28" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="H28" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="I28" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="C29" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
+      <c r="F29" t="s">
+        <v>82</v>
+      </c>
       <c r="G29" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H29" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="I29" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C30" t="s">
         <v>100</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
-      <c r="F30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="H30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I30" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C31" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
+      <c r="F31" t="s">
+        <v>82</v>
+      </c>
       <c r="G31" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
       <c r="H31" t="s">
-        <v>68</v>
+        <v>105</v>
       </c>
       <c r="I31" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>562</v>
+        <v>467</v>
       </c>
       <c r="C32" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="H32" t="s">
-        <v>107</v>
+        <v>72</v>
       </c>
       <c r="I32" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>597</v>
+        <v>562</v>
       </c>
       <c r="C33" t="s">
         <v>109</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
+      <c r="F33" t="s">
+        <v>110</v>
+      </c>
       <c r="G33" t="s">
         <v>19</v>
       </c>
       <c r="H33" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I33" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>597</v>
       </c>
       <c r="C34" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="H34" t="s">
         <v>114</v>
       </c>
       <c r="I34" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C35" t="s">
         <v>115</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>116</v>
       </c>
+      <c r="G35" t="s">
+        <v>117</v>
+      </c>
+      <c r="H35" t="s">
+        <v>118</v>
+      </c>
       <c r="I35" t="s">
-        <v>117</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>676</v>
+        <v>600</v>
       </c>
       <c r="C36" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-      <c r="H36" t="s">
         <v>120</v>
       </c>
       <c r="I36" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="C37" t="s">
         <v>122</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>123</v>
       </c>
+      <c r="G37" t="s">
+        <v>19</v>
+      </c>
+      <c r="H37" t="s">
+        <v>124</v>
+      </c>
       <c r="I37" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="C38" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I38" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>728</v>
+        <v>678</v>
       </c>
       <c r="C39" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I39" t="s">
-        <v>130</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="C40" t="s">
         <v>131</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" t="s">
         <v>132</v>
       </c>
       <c r="G40" t="s">
         <v>19</v>
       </c>
       <c r="H40" t="s">
         <v>133</v>
       </c>
       <c r="I40" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
         <v>733</v>
       </c>
       <c r="C41" t="s">
         <v>135</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G41" t="s">
         <v>19</v>
       </c>
       <c r="H41" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I41" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
         <v>733</v>
       </c>
       <c r="C42" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G42" t="s">
         <v>19</v>
       </c>
       <c r="H42" t="s">
-        <v>80</v>
+        <v>140</v>
       </c>
       <c r="I42" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>747</v>
+        <v>733</v>
       </c>
       <c r="C43" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="G43" t="s">
         <v>19</v>
       </c>
       <c r="H43" t="s">
-        <v>141</v>
+        <v>84</v>
       </c>
       <c r="I43" t="s">
-        <v>99</v>
+        <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="C44" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
+      <c r="F44" t="s">
+        <v>144</v>
+      </c>
       <c r="G44" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="H44" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I44" t="s">
-        <v>144</v>
+        <v>103</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>748</v>
       </c>
       <c r="C45" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="H45" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="I45" t="s">
-        <v>51</v>
+        <v>148</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
         <v>748</v>
       </c>
       <c r="C46" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
+        <v>19</v>
+      </c>
+      <c r="H46" t="s">
         <v>147</v>
       </c>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I46" t="s">
-        <v>89</v>
+        <v>51</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C47" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H47" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="I47" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
         <v>751</v>
       </c>
       <c r="C48" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H48" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I48" t="s">
-        <v>155</v>
+        <v>83</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
-        <v>795</v>
+        <v>751</v>
       </c>
       <c r="C49" t="s">
         <v>156</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="H49" t="s">
         <v>158</v>
       </c>
       <c r="I49" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
         <v>795</v>
       </c>
       <c r="C50" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="G50" t="s">
         <v>19</v>
       </c>
       <c r="H50" t="s">
-        <v>88</v>
+        <v>162</v>
       </c>
       <c r="I50" t="s">
-        <v>104</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="C51" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="G51" t="s">
         <v>19</v>
       </c>
       <c r="H51" t="s">
-        <v>161</v>
+        <v>92</v>
       </c>
       <c r="I51" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
-        <v>909</v>
+        <v>796</v>
       </c>
       <c r="C52" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="G52" t="s">
         <v>19</v>
       </c>
       <c r="H52" t="s">
         <v>165</v>
       </c>
       <c r="I52" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
-        <v>984</v>
+        <v>909</v>
       </c>
       <c r="C53" t="s">
         <v>167</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" t="s">
         <v>168</v>
       </c>
       <c r="G53" t="s">
         <v>19</v>
       </c>
       <c r="H53" t="s">
         <v>169</v>
       </c>
       <c r="I53" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>1033</v>
+        <v>984</v>
       </c>
       <c r="C54" t="s">
         <v>171</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" t="s">
         <v>172</v>
       </c>
       <c r="G54" t="s">
         <v>19</v>
       </c>
       <c r="H54" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="I54" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>1188</v>
+        <v>1033</v>
       </c>
       <c r="C55" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G55" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="H55" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="I55" t="s">
-        <v>30</v>
+        <v>177</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
         <v>1188</v>
       </c>
       <c r="C56" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="G56" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="H56" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="I56" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>1250</v>
+        <v>1188</v>
       </c>
       <c r="C57" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>179</v>
       </c>
       <c r="G57" t="s">
         <v>19</v>
       </c>
       <c r="H57" t="s">
         <v>180</v>
       </c>
       <c r="I57" t="s">
-        <v>181</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
         <v>1250</v>
       </c>
       <c r="C58" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="G58" t="s">
         <v>19</v>
       </c>
       <c r="H58" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="I58" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
         <v>1250</v>
       </c>
       <c r="C59" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="G59" t="s">
-        <v>183</v>
+        <v>19</v>
       </c>
       <c r="H59" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="I59" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>1332</v>
+        <v>1250</v>
       </c>
       <c r="C60" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="G60" t="s">
-        <v>19</v>
+        <v>187</v>
       </c>
       <c r="H60" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I60" t="s">
-        <v>188</v>
+        <v>73</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>1362</v>
+        <v>1332</v>
       </c>
       <c r="C61" t="s">
         <v>189</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>190</v>
       </c>
       <c r="G61" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="H61" t="s">
-        <v>82</v>
+        <v>191</v>
       </c>
       <c r="I61" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>1376</v>
+        <v>1362</v>
       </c>
       <c r="C62" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G62" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H62" t="s">
-        <v>154</v>
+        <v>86</v>
       </c>
       <c r="I62" t="s">
-        <v>30</v>
+        <v>195</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
         <v>1376</v>
       </c>
       <c r="C63" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" t="s">
-        <v>193</v>
+        <v>197</v>
+      </c>
+      <c r="G63" t="s">
+        <v>101</v>
       </c>
       <c r="H63" t="s">
-        <v>195</v>
+        <v>158</v>
       </c>
       <c r="I63" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>1386</v>
+        <v>1376</v>
       </c>
       <c r="C64" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" t="s">
         <v>197</v>
       </c>
-      <c r="G64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H64" t="s">
         <v>199</v>
       </c>
       <c r="I64" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>1417</v>
+        <v>1386</v>
       </c>
       <c r="C65" t="s">
+        <v>200</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
         <v>201</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65" t="s">
+      <c r="G65" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="H65" t="s">
         <v>203</v>
       </c>
       <c r="I65" t="s">
-        <v>134</v>
+        <v>204</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>1420</v>
+        <v>1417</v>
       </c>
       <c r="C66" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" t="s">
-        <v>205</v>
+        <v>206</v>
+      </c>
+      <c r="G66" t="s">
+        <v>101</v>
+      </c>
+      <c r="H66" t="s">
+        <v>207</v>
       </c>
       <c r="I66" t="s">
-        <v>206</v>
+        <v>138</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="C67" t="s">
-        <v>47</v>
+        <v>208</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" t="s">
-        <v>123</v>
+        <v>209</v>
       </c>
       <c r="I67" t="s">
-        <v>124</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="C68" t="s">
-        <v>207</v>
+        <v>47</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" t="s">
-        <v>208</v>
+        <v>127</v>
       </c>
       <c r="I68" t="s">
-        <v>209</v>
+        <v>128</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="C69" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I69" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>1428</v>
+        <v>1425</v>
       </c>
       <c r="C70" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="G70" t="s">
         <v>215</v>
       </c>
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
         <v>1428</v>
       </c>
       <c r="C71" t="s">
+        <v>217</v>
+      </c>
+      <c r="D71" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" t="s">
         <v>218</v>
       </c>
-      <c r="D71" t="s">
-[...5 lines deleted...]
-      <c r="F71" t="s">
+      <c r="G71" t="s">
         <v>219</v>
       </c>
+      <c r="H71" t="s">
+        <v>220</v>
+      </c>
       <c r="I71" t="s">
-        <v>30</v>
+        <v>221</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="C72" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I72" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
         <v>1429</v>
       </c>
       <c r="C73" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="I73" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="C74" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="I74" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="C75" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" t="s">
-        <v>123</v>
+        <v>225</v>
       </c>
       <c r="I75" t="s">
-        <v>124</v>
+        <v>216</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="C76" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" t="s">
-        <v>226</v>
+        <v>127</v>
       </c>
       <c r="I76" t="s">
-        <v>227</v>
+        <v>128</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="C77" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I77" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
-        <v>1434</v>
+        <v>1433</v>
       </c>
       <c r="C78" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>98</v>
+        <v>233</v>
       </c>
       <c r="I78" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
-        <v>1447</v>
+        <v>1434</v>
       </c>
       <c r="C79" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" t="s">
-        <v>234</v>
+        <v>235</v>
+      </c>
+      <c r="G79" t="s">
+        <v>236</v>
+      </c>
+      <c r="H79" t="s">
+        <v>102</v>
       </c>
       <c r="I79" t="s">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>1448</v>
+        <v>1447</v>
       </c>
       <c r="C80" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I80" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="C81" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="G81" t="s">
         <v>241</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>1450</v>
+        <v>1449</v>
       </c>
       <c r="C82" t="s">
         <v>243</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" t="s">
         <v>244</v>
       </c>
       <c r="G82" t="s">
         <v>245</v>
       </c>
       <c r="H82" t="s">
         <v>246</v>
       </c>
       <c r="I82" t="s">
-        <v>247</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
         <v>1450</v>
       </c>
       <c r="C83" t="s">
+        <v>247</v>
+      </c>
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" t="s">
         <v>248</v>
       </c>
-      <c r="D83" t="s">
-[...5 lines deleted...]
-      <c r="F83" t="s">
+      <c r="G83" t="s">
         <v>249</v>
       </c>
+      <c r="H83" t="s">
+        <v>250</v>
+      </c>
       <c r="I83" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>1460</v>
+        <v>1450</v>
       </c>
       <c r="C84" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="G84" t="s">
         <v>253</v>
       </c>
-      <c r="H84" t="s">
+      <c r="I84" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
-        <v>1470</v>
+        <v>1460</v>
       </c>
       <c r="C85" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" t="s">
         <v>256</v>
       </c>
+      <c r="G85" t="s">
+        <v>257</v>
+      </c>
+      <c r="H85" t="s">
+        <v>258</v>
+      </c>
       <c r="I85" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
         <v>1470</v>
       </c>
       <c r="C86" t="s">
-        <v>258</v>
+        <v>47</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I86" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>1470</v>
       </c>
       <c r="C87" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
-      <c r="G87" t="s">
-[...2 lines deleted...]
-      <c r="H87" t="s">
+      <c r="F87" t="s">
         <v>263</v>
       </c>
       <c r="I87" t="s">
-        <v>24</v>
+        <v>264</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
         <v>1470</v>
       </c>
       <c r="C88" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
-      <c r="F88" t="s">
-        <v>265</v>
+      <c r="G88" t="s">
+        <v>266</v>
+      </c>
+      <c r="H88" t="s">
+        <v>267</v>
       </c>
       <c r="I88" t="s">
-        <v>266</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
-        <v>1471</v>
+        <v>1470</v>
       </c>
       <c r="C89" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" t="s">
-        <v>268</v>
-[...4 lines deleted...]
-      <c r="H89" t="s">
         <v>269</v>
       </c>
       <c r="I89" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
         <v>1471</v>
       </c>
       <c r="C90" t="s">
         <v>271</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="G90" t="s">
-        <v>272</v>
+        <v>101</v>
       </c>
       <c r="H90" t="s">
         <v>273</v>
       </c>
       <c r="I90" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
-        <v>1472</v>
+        <v>1471</v>
       </c>
       <c r="C91" t="s">
         <v>275</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" t="s">
+        <v>272</v>
+      </c>
+      <c r="G91" t="s">
         <v>276</v>
       </c>
+      <c r="H91" t="s">
+        <v>277</v>
+      </c>
       <c r="I91" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
-        <v>1479</v>
+        <v>1472</v>
       </c>
       <c r="C92" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="I92" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="C93" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" t="s">
-        <v>281</v>
-[...4 lines deleted...]
-      <c r="H93" t="s">
+        <v>272</v>
+      </c>
+      <c r="I93" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
         <v>1480</v>
       </c>
       <c r="C94" t="s">
+        <v>284</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" t="s">
         <v>285</v>
       </c>
-      <c r="D94" t="s">
-[...5 lines deleted...]
-      <c r="F94" t="s">
+      <c r="G94" t="s">
         <v>286</v>
       </c>
+      <c r="H94" t="s">
+        <v>287</v>
+      </c>
       <c r="I94" t="s">
-        <v>5</v>
+        <v>288</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
         <v>1480</v>
       </c>
       <c r="C95" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-      <c r="H95" t="s">
         <v>290</v>
       </c>
       <c r="I95" t="s">
-        <v>291</v>
+        <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
         <v>1480</v>
       </c>
       <c r="C96" t="s">
+        <v>291</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" t="s">
         <v>292</v>
       </c>
-      <c r="D96" t="s">
-[...5 lines deleted...]
-      <c r="F96" t="s">
+      <c r="G96" t="s">
         <v>293</v>
       </c>
+      <c r="H96" t="s">
+        <v>294</v>
+      </c>
       <c r="I96" t="s">
-        <v>81</v>
+        <v>295</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
         <v>1480</v>
       </c>
       <c r="C97" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
+      <c r="F97" t="s">
+        <v>297</v>
+      </c>
       <c r="I97" t="s">
-        <v>295</v>
+        <v>85</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
-        <v>1481</v>
+        <v>1480</v>
       </c>
       <c r="C98" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
-      <c r="F98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I98" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
         <v>1481</v>
       </c>
       <c r="C99" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
-      <c r="G99" t="s">
-[...2 lines deleted...]
-      <c r="H99" t="s">
+      <c r="F99" t="s">
         <v>301</v>
       </c>
       <c r="I99" t="s">
-        <v>206</v>
+        <v>302</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
-        <v>1482</v>
+        <v>1481</v>
       </c>
       <c r="C100" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G100" t="s">
-        <v>245</v>
+        <v>304</v>
       </c>
       <c r="H100" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I100" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
-        <v>1483</v>
+        <v>1482</v>
       </c>
       <c r="C101" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G101" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="H101" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I101" t="s">
-        <v>24</v>
+        <v>221</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
         <v>1483</v>
       </c>
       <c r="C102" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" t="s">
-        <v>309</v>
+        <v>310</v>
+      </c>
+      <c r="G102" t="s">
+        <v>249</v>
+      </c>
+      <c r="H102" t="s">
+        <v>311</v>
       </c>
       <c r="I102" t="s">
-        <v>310</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
         <v>1483</v>
       </c>
       <c r="C103" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I103" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
-        <v>1484</v>
+        <v>1483</v>
       </c>
       <c r="C104" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" t="s">
-        <v>315</v>
-[...4 lines deleted...]
-      <c r="H104" t="s">
         <v>316</v>
       </c>
       <c r="I104" t="s">
-        <v>37</v>
+        <v>317</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
-        <v>1509</v>
+        <v>1484</v>
       </c>
       <c r="C105" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" t="s">
-        <v>318</v>
+        <v>319</v>
+      </c>
+      <c r="G105" t="s">
+        <v>266</v>
+      </c>
+      <c r="H105" t="s">
+        <v>320</v>
       </c>
       <c r="I105" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
         <v>1509</v>
       </c>
       <c r="C106" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="I106" t="s">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
         <v>1509</v>
       </c>
       <c r="C107" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="I107" t="s">
-        <v>30</v>
+        <v>324</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
         <v>1509</v>
       </c>
       <c r="C108" t="s">
+        <v>325</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>318</v>
       </c>
       <c r="I108" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
-        <v>1510</v>
+        <v>1509</v>
       </c>
       <c r="C109" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="I109" t="s">
-        <v>191</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
         <v>1510</v>
       </c>
       <c r="C110" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I110" t="s">
-        <v>134</v>
+        <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
         <v>1510</v>
       </c>
       <c r="C111" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I111" t="s">
-        <v>260</v>
+        <v>138</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
         <v>1510</v>
       </c>
       <c r="C112" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" t="s">
-        <v>330</v>
-[...5 lines deleted...]
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I112" t="s">
-        <v>332</v>
+        <v>264</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
-        <v>1600</v>
+        <v>1510</v>
       </c>
       <c r="C113" t="s">
         <v>333</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" t="s">
         <v>334</v>
       </c>
+      <c r="G113" t="s">
+        <v>249</v>
+      </c>
+      <c r="H113" t="s">
+        <v>335</v>
+      </c>
       <c r="I113" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
-        <v>1700</v>
+        <v>1600</v>
       </c>
       <c r="C114" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="I114" t="s">
-        <v>274</v>
+        <v>339</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
         <v>1700</v>
       </c>
       <c r="C115" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="I115" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
         <v>1700</v>
       </c>
       <c r="C116" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="I116" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
         <v>1700</v>
       </c>
       <c r="C117" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" t="s">
-        <v>68</v>
+        <v>341</v>
       </c>
       <c r="I117" t="s">
-        <v>104</v>
+        <v>278</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
-        <v>1800</v>
+        <v>1700</v>
       </c>
       <c r="C118" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" t="s">
-        <v>342</v>
+        <v>72</v>
       </c>
       <c r="I118" t="s">
-        <v>343</v>
+        <v>108</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
         <v>1800</v>
       </c>
       <c r="C119" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I119" t="s">
-        <v>310</v>
+        <v>347</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
         <v>1800</v>
       </c>
       <c r="C120" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="I120" t="s">
-        <v>69</v>
+        <v>314</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121">
+        <v>120</v>
+      </c>
+      <c r="B121">
+        <v>1800</v>
+      </c>
+      <c r="C121" t="s">
+        <v>350</v>
+      </c>
+      <c r="D121" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" t="s">
+        <v>351</v>
+      </c>
+      <c r="I121" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">