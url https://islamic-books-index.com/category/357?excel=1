--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -536,51 +536,51 @@
   <si>
     <t>كشاف المسائل الفقهية والعقدية في تفسير أضواء البيان</t>
   </si>
   <si>
     <t>عبد الرحمن بن ظافر القشيري</t>
   </si>
   <si>
     <t>دار المسلم - الرياض</t>
   </si>
   <si>
     <t>معجم محمود محمد شاكر (1418 هـ)</t>
   </si>
   <si>
     <t>منذر محمد سعيد أبو شعر</t>
   </si>
   <si>
     <t>المكتب الإسلامي - بيروت</t>
   </si>
   <si>
     <t>التعريف بما نسب لغير صاحبه من التصنيف</t>
   </si>
   <si>
     <t>عزت بن عبد الرحمن السلمي</t>
   </si>
   <si>
-    <t>تبصير للنشر والتوزيع</t>
+    <t>تبصير للنشر والتوزيع - مصر</t>
   </si>
   <si>
     <t>العلم المنيف فيما طُعِن في نسبته من التصنيف</t>
   </si>
   <si>
     <t>تجريد السرقات العلمية والأدبية في التراث العربي والإسلامي</t>
   </si>
   <si>
     <t>عبد الله بن محمد الشمراني</t>
   </si>
   <si>
     <t>www.almoqnea.com</t>
   </si>
   <si>
     <t>معجم الديانة والتدين</t>
   </si>
   <si>
     <t>محمد بن ناصر العبودي</t>
   </si>
   <si>
     <t>معجم مصطلحات الأديان 3/1</t>
   </si>
   <si>
     <t>إشراف</t>
   </si>