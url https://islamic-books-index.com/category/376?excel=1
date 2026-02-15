--- v0 (2025-12-16)
+++ v1 (2026-02-15)
@@ -989,51 +989,51 @@
   <si>
     <t>دار الميراث النبوي – الجزائر</t>
   </si>
   <si>
     <t>خبر الكتاب - 100 خبر ومعلومة</t>
   </si>
   <si>
     <t>الدليل العلمي - حكم وأحكام، سنن وآداب، فرائد وفوائد</t>
   </si>
   <si>
     <t>عبد العزيز بن محمد السدحان</t>
   </si>
   <si>
     <t>دار القبس - الرياض</t>
   </si>
   <si>
     <t>رفقاء السمر</t>
   </si>
   <si>
     <t>عبد الملك بن محمد بن قاسم</t>
   </si>
   <si>
     <t>المجموع المنتخب من مقالات علماء المملكة وغيرهم في مجلة (راية الإسلام) 2/1</t>
   </si>
   <si>
-    <t>ناصر بن سعود السلامة</t>
+    <t>ناصر بن سعود السلامة (1447 هـ)</t>
   </si>
   <si>
     <t>المكتبة الأسدية - مكة</t>
   </si>
   <si>
     <t>المنتقى من بطون الكتب (المجموعات الأولى والثانية والثالثة)</t>
   </si>
   <si>
     <t>محمد بن إبراهيم الحمد</t>
   </si>
   <si>
     <t>دار الحضارة - الرياض</t>
   </si>
   <si>
     <t>من بطون الكتب</t>
   </si>
   <si>
     <t>يوسف بن محمد العتيق</t>
   </si>
   <si>
     <t>الصيد المنتقى لإتحاف أهل التقى</t>
   </si>
   <si>
     <t>محمد بن ناصر العريني</t>
   </si>