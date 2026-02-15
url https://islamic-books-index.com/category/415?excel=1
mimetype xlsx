--- v0 (2025-12-18)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -353,50 +353,53 @@
   <si>
     <t>المنتخب من كتاب السياق لتاريخ نيسابور</t>
   </si>
   <si>
     <t>إبراهيم بن محمد الصريفيني (641 هـ)</t>
   </si>
   <si>
     <t>محمد عثمان</t>
   </si>
   <si>
     <t>مكتبة الثقافة الدينية - مصر</t>
   </si>
   <si>
     <t>تاريخ جرجان المسمى أيضا: كتاب معرفة علماء أهل جرجان</t>
   </si>
   <si>
     <t>حمزة بن يوسف السهمي (427 هـ)</t>
   </si>
   <si>
     <t>عبد الرحمن بن يحيى المعلمي</t>
   </si>
   <si>
     <t>دائرة المعارف العثمانية - حيدر آباد</t>
   </si>
   <si>
+    <t>تاريخ جرجان أو: معرفة علماء أهل جرجان</t>
+  </si>
+  <si>
     <t>ذِكر أخبار أصبهان 2/1</t>
   </si>
   <si>
     <t>أبو نعيم الأصبهاني، أحمد بن عبدالله (430 هـ)</t>
   </si>
   <si>
     <t>سيد كسروي حسن</t>
   </si>
   <si>
     <t>تاريخ مدينة السلام (تاريخ بغداد) 17/1</t>
   </si>
   <si>
     <t>الخطيب البغدادي، أحمد بن علي ابن ثابت (463 هـ)</t>
   </si>
   <si>
     <t>د. بشار عواد معروف</t>
   </si>
   <si>
     <t>دار الغرب الإسلامي - بيروت</t>
   </si>
   <si>
     <t>ذيل تاريخ مدينة السلام 5/1</t>
   </si>
   <si>
     <t>محمد بن سعيد الدبيثي (637 هـ)</t>
@@ -453,50 +456,59 @@
     <t>ابن النديم لروائع التراث</t>
   </si>
   <si>
     <t>تاريخ دمشق 80/1</t>
   </si>
   <si>
     <t>ابن عساكر، علي بن الحسن بن هبة الشافعي (571 هـ)</t>
   </si>
   <si>
     <t>عمر بن غرامة العمروي</t>
   </si>
   <si>
     <t>تاريخ دمشق 40/1</t>
   </si>
   <si>
     <t>علي بن عاشق الجنوبي</t>
   </si>
   <si>
     <t>دار إحياء التراث العربي - بيروت</t>
   </si>
   <si>
     <t>تاريخ مدينة دمشق حماها الله وذكر فضلها وتسمية من حلها من الأماثل أو اجتاز بنواحيها من وارديها وأهلها</t>
   </si>
   <si>
     <t>سكينة الشهابي</t>
+  </si>
+  <si>
+    <t>تاريخ ميافارقين</t>
+  </si>
+  <si>
+    <t>د. كريم الخولي و يوسف بالوكن</t>
+  </si>
+  <si>
+    <t>نوبهار - تركيا</t>
   </si>
   <si>
     <t>منتخب التذكرة في التاريخ</t>
   </si>
   <si>
     <t>أحمد بن علي المقريزي (845 هـ)</t>
   </si>
   <si>
     <t>فرج بن محمد سلام</t>
   </si>
   <si>
     <t>دار المهذب - الكويت</t>
   </si>
   <si>
     <t>حضرموت عبر أربعة عشر قرنا</t>
   </si>
   <si>
     <t>سقاف علي الكاف</t>
   </si>
   <si>
     <t>دار أطلس الخضراء - الرياض</t>
   </si>
   <si>
     <t>المنتخب المهذب من تاريخ عدن والواردين إليها (من كتاب تاريخ ثغر عدن للطيب بامخرمة (974 هـ))، مع ذكر بعض معالم عدن الدينية والتاريخية</t>
   </si>
@@ -884,51 +896,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1697,552 +1709,610 @@
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
         <v>110</v>
       </c>
       <c r="G28" t="s">
         <v>13</v>
       </c>
       <c r="H28" t="s">
         <v>111</v>
       </c>
       <c r="I28" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C29" t="s">
         <v>113</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G29" t="s">
         <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="I29" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>463</v>
+        <v>430</v>
       </c>
       <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>115</v>
+      </c>
+      <c r="G30" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" t="s">
         <v>116</v>
       </c>
-      <c r="D30" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" t="s">
+        <v>118</v>
+      </c>
+      <c r="G31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" t="s">
+        <v>119</v>
+      </c>
+      <c r="I31" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="C32" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" t="s">
         <v>122</v>
       </c>
-      <c r="D32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G32" t="s">
         <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="I32" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C33" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" t="s">
+        <v>124</v>
+      </c>
+      <c r="G33" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" t="s">
+        <v>125</v>
+      </c>
+      <c r="I33" t="s">
         <v>126</v>
-      </c>
-[...13 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C34" t="s">
+        <v>127</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>128</v>
+      </c>
+      <c r="H34" t="s">
+        <v>129</v>
+      </c>
+      <c r="I34" t="s">
         <v>130</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="C35" t="s">
+        <v>131</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>132</v>
+      </c>
+      <c r="I35" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>565</v>
+        <v>468</v>
       </c>
       <c r="C36" t="s">
+        <v>134</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
+        <v>135</v>
+      </c>
+      <c r="G36" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" t="s">
         <v>136</v>
       </c>
-      <c r="D36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I36" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="C37" t="s">
+        <v>137</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" t="s">
+        <v>138</v>
+      </c>
+      <c r="I37" t="s">
         <v>139</v>
-      </c>
-[...16 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>571</v>
       </c>
       <c r="C38" t="s">
+        <v>140</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" t="s">
+        <v>141</v>
+      </c>
+      <c r="G38" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" t="s">
         <v>142</v>
       </c>
-      <c r="D38" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I38" t="s">
-        <v>144</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
         <v>571</v>
       </c>
       <c r="C39" t="s">
+        <v>143</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" t="s">
+        <v>141</v>
+      </c>
+      <c r="G39" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" t="s">
+        <v>144</v>
+      </c>
+      <c r="I39" t="s">
         <v>145</v>
-      </c>
-[...16 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>845</v>
+        <v>571</v>
       </c>
       <c r="C40" t="s">
+        <v>146</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" t="s">
+        <v>141</v>
+      </c>
+      <c r="G40" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" t="s">
         <v>147</v>
       </c>
-      <c r="D40" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I40" t="s">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>973</v>
+        <v>577</v>
       </c>
       <c r="C41" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
-        <v>152</v>
+        <v>85</v>
+      </c>
+      <c r="G41" t="s">
+        <v>41</v>
+      </c>
+      <c r="H41" t="s">
+        <v>149</v>
       </c>
       <c r="I41" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>974</v>
+        <v>845</v>
       </c>
       <c r="C42" t="s">
+        <v>151</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" t="s">
+        <v>152</v>
+      </c>
+      <c r="G42" t="s">
+        <v>30</v>
+      </c>
+      <c r="H42" t="s">
+        <v>153</v>
+      </c>
+      <c r="I42" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>1332</v>
+        <v>973</v>
       </c>
       <c r="C43" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="I43" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
-        <v>1450</v>
+        <v>974</v>
       </c>
       <c r="C44" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>164</v>
+        <v>159</v>
+      </c>
+      <c r="G44" t="s">
+        <v>160</v>
+      </c>
+      <c r="H44" t="s">
+        <v>161</v>
       </c>
       <c r="I44" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
-        <v>1450</v>
+        <v>1332</v>
       </c>
       <c r="C45" t="s">
+        <v>163</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>164</v>
+      </c>
+      <c r="G45" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" t="s">
+        <v>165</v>
+      </c>
+      <c r="I45" t="s">
         <v>166</v>
-      </c>
-[...10 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>1500</v>
+        <v>1450</v>
       </c>
       <c r="C46" t="s">
+        <v>167</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
         <v>168</v>
       </c>
-      <c r="D46" t="s">
-[...5 lines deleted...]
-      <c r="G46" t="s">
+      <c r="I46" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
+        <v>1450</v>
+      </c>
+      <c r="C47" t="s">
+        <v>170</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" t="s">
+        <v>171</v>
+      </c>
+      <c r="I47" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48">
+        <v>47</v>
+      </c>
+      <c r="B48">
         <v>1500</v>
       </c>
-      <c r="C47" t="s">
+      <c r="C48" t="s">
         <v>172</v>
       </c>
-      <c r="D47" t="s">
-[...5 lines deleted...]
-      <c r="F47" t="s">
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
         <v>173</v>
       </c>
-      <c r="I47" t="s">
+      <c r="H48" t="s">
         <v>174</v>
+      </c>
+      <c r="I48" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49">
+        <v>1500</v>
+      </c>
+      <c r="C49" t="s">
+        <v>176</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" t="s">
+        <v>177</v>
+      </c>
+      <c r="I49" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">