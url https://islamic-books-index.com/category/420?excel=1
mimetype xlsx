--- v0 (2025-10-23)
+++ v1 (2026-02-15)
@@ -80,51 +80,51 @@
   <si>
     <t>د. عامر حسن صبري</t>
   </si>
   <si>
     <t>دار البشائر الإسلامية - بيروت</t>
   </si>
   <si>
     <t>رجال صحيح البخاري المسمى: الهداية والإرشاد في معرفة أهل الثقة والسداد 2/1</t>
   </si>
   <si>
     <t>الكلاباذي، أحمد بن محمد (398 هـ)</t>
   </si>
   <si>
     <t>تحقيق</t>
   </si>
   <si>
     <t>عبد الله الليثي الأنصاري</t>
   </si>
   <si>
     <t>دار المعرفة - بيروت</t>
   </si>
   <si>
     <t>الهداية والإرشاد في معرفة أهل الثقة والسداد الذين أخرجهم الإمام البخاري في جامعه الصحيح</t>
   </si>
   <si>
-    <t>دار الكمال المتحدة</t>
+    <t>اللجنة العلمية بدار الكمال المتحدة</t>
   </si>
   <si>
     <t>دار عطاءات العلم - الرياض</t>
   </si>
   <si>
     <t>التعديل والتجريح لمن خرج له البخاري في «الجامع الصحيح» 3/1</t>
   </si>
   <si>
     <t>سليمان بن خلف الباجي (474 هـ)</t>
   </si>
   <si>
     <t>د. أبو لبابة ، الطاهر صالح حسين</t>
   </si>
   <si>
     <t>دار الغرب الإسلامي - بيروت</t>
   </si>
   <si>
     <t>أسامي شيوخ البخاري وكناهم وأنسابهم وتواريخ وفياتهم، وأسامي من رووا عنه وكناهم وأنسابهم</t>
   </si>
   <si>
     <t>وصي الدين الصغاني، الحسن بن محمد العمري (650 هـ)</t>
   </si>
   <si>
     <t>دار الكمال المتحدة - دمشق</t>
   </si>