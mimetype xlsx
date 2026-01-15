--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -180,50 +180,56 @@
     <t>دار ابن عفان - الخبر</t>
   </si>
   <si>
     <t>الشذا الفياح من علوم ابن الصلاح 2/1 (ملخص من كلامه وكلام زين الدين العراقي)</t>
   </si>
   <si>
     <t>برهان الدين ، إبراهيم بن موسى الأبناسي (802 هـ)</t>
   </si>
   <si>
     <t>صلاح فتحي هلل</t>
   </si>
   <si>
     <t>مكتبة الرشد - الرياض</t>
   </si>
   <si>
     <t>النكت على كتاب ابن الصلاح ونكت العراقي</t>
   </si>
   <si>
     <t>تحقيق وتخريج وتعليق</t>
   </si>
   <si>
     <t>د. ماهر بن ياسين الفحل</t>
   </si>
   <si>
     <t>دار الميمان - الرياض</t>
+  </si>
+  <si>
+    <t>النكت الملاح على مقدمة ابن الصلاح</t>
+  </si>
+  <si>
+    <t>دار روائع الكتاب - الرياض</t>
   </si>
   <si>
     <t>إرشاد طلاب الحقائق الى معرفة سنن خير الخلائق (مختصر لمقدمة ابن الصلاح)</t>
   </si>
   <si>
     <t>النووي، يحيى بن شرف (676 هـ)</t>
   </si>
   <si>
     <t>د. نور الدين عتر</t>
   </si>
   <si>
     <t>اختصار علوم الحديث</t>
   </si>
   <si>
     <t>ابن كثير، إسماعيل بن عمر (774 هـ)</t>
   </si>
   <si>
     <t>الباعث الحثيث شرح اختصار علوم الحديث، لابن كثير</t>
   </si>
   <si>
     <t>أحمد بن محمد شاكر (1377 هـ)</t>
   </si>
   <si>
     <t>تحقيق - تعليق</t>
   </si>
@@ -602,51 +608,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -954,234 +960,257 @@
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12" t="s">
         <v>40</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12" t="s">
         <v>54</v>
       </c>
       <c r="I12" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>3000</v>
+        <v>2201</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
         <v>10</v>
       </c>
       <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="I13" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>3100</v>
+        <v>3000</v>
       </c>
       <c r="C14" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" t="s">
         <v>59</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" t="s">
         <v>60</v>
       </c>
-      <c r="G14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I14" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>3110</v>
+        <v>3100</v>
       </c>
       <c r="C15" t="s">
         <v>61</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
         <v>62</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="H15" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="I15" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>3120</v>
+        <v>3110</v>
       </c>
       <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" t="s">
+        <v>64</v>
+      </c>
+      <c r="G16" t="s">
+        <v>65</v>
+      </c>
+      <c r="H16" t="s">
         <v>66</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" t="s">
+      <c r="I16" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>3130</v>
+        <v>3120</v>
       </c>
       <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" t="s">
+        <v>69</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
         <v>71</v>
       </c>
-      <c r="D17" t="s">
-[...5 lines deleted...]
-      <c r="F17" t="s">
+      <c r="I17" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>3139</v>
+        <v>3130</v>
       </c>
       <c r="C18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" t="s">
+        <v>74</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" t="s">
         <v>75</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" t="s">
+      <c r="I18" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
+        <v>3139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" t="s">
+        <v>78</v>
+      </c>
+      <c r="I19" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20">
         <v>3140</v>
       </c>
-      <c r="C19" t="s">
-[...11 lines deleted...]
-      <c r="I19" t="s">
+      <c r="C20" t="s">
         <v>80</v>
+      </c>
+      <c r="D20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E20" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" t="s">
+        <v>81</v>
+      </c>
+      <c r="I20" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">