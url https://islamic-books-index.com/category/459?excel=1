--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -80,51 +80,51 @@
   <si>
     <t>الأحاديث التي ذكر الأئمة أنها أصح ما في الباب حتى نهاية القرن الرابع - جمعا ودراسة ومقارنة (80 حديث)</t>
   </si>
   <si>
     <t>إبراهيم بن محمد السعوي</t>
   </si>
   <si>
     <t>دار العقيدة - الرياض</t>
   </si>
   <si>
     <t>الأحاديث التي ذكر الأئمة أنها أصح ما في الباب من بداية القرن الخامس حتى نهاية القرن التاسع - جمعا ودراسة ودراسة2/1</t>
   </si>
   <si>
     <t>جنة المرتاب بنقد (المغني عن الحفظ والكتاب) لعمر بن بدر الموصلي (619 هـ)</t>
   </si>
   <si>
     <t>أبو إسحاق الحويني (1446 هـ)</t>
   </si>
   <si>
     <t>دار الكتاب العربي - لبنان</t>
   </si>
   <si>
     <t>الأحاديث والآثار التي حكم عليها الإمام النووي (676 هـ) في كتبه</t>
   </si>
   <si>
-    <t>ناصر بن سعود السلامة</t>
+    <t>ناصر بن سعود السلامة (1447 هـ)</t>
   </si>
   <si>
     <t>دار أطلس الخضراء - الرياض</t>
   </si>
   <si>
     <t>تخريج أحاديث مجموع فتاوى ابن تيمية 6/1</t>
   </si>
   <si>
     <t>مروان كجك</t>
   </si>
   <si>
     <t>دار ابن حزم - بيروت</t>
   </si>
   <si>
     <t>كشف الغطاء عن أحكام الذهبي (748 هـ) في سير أعلام النبلاء (على الأحاديث والقصص والأنباء)</t>
   </si>
   <si>
     <t>يحيى البكري الشهري</t>
   </si>
   <si>
     <t>دار أضواء السلف - الرياض</t>
   </si>
   <si>
     <t>جمهرة الأحكام الحديثية عند الإمام ابن قيم الجوزية 5/1</t>
   </si>