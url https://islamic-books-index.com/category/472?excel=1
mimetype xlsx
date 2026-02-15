--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -134,51 +134,51 @@
   <si>
     <t>مكتبة المعارف - الرياض</t>
   </si>
   <si>
     <t>قِدَم العالم وتسلسل الحوادث بين شيخ الإسلام ابن تيمية والفلاسفة، مع بيان من أخطأ في المسألة من السابقين والمعاصرين</t>
   </si>
   <si>
     <t>كاملة الكواري</t>
   </si>
   <si>
     <t>تقديم</t>
   </si>
   <si>
     <t>د. سفر بن عبد الرحمن الحوالي</t>
   </si>
   <si>
     <t>دار أجيال التوحيد - جدة</t>
   </si>
   <si>
     <t>نقض ابن تيمية لمفهوم العدم والملكة – فصول في نقد دعوى من استدل بالمنطق على نفي الصفات الإلهية</t>
   </si>
   <si>
     <t>أحمد عصام النجار</t>
   </si>
   <si>
-    <t>تبصير للنشر والتوزيع</t>
+    <t>تبصير للنشر والتوزيع - مصر</t>
   </si>
   <si>
     <t>ذم الأشاعرة والمتكلمين والفلاسفة (مكرر في قسم الأشاعرة والمتكلمين)</t>
   </si>
   <si>
     <t>جمع</t>
   </si>
   <si>
     <t>د. صادق بن سليم بن صادق</t>
   </si>
   <si>
     <t>دار التوحيد للنشر - الرياض</t>
   </si>
   <si>
     <t>المعجم الوجيز (أهم مصطلحات الفلاسفة المذكورة في (درء التعارض) و (منهاج السنة) وغيرها)</t>
   </si>
   <si>
     <t>سفر بن عبد الرحمن الحوالي</t>
   </si>
   <si>
     <t>دار منابر الفكر - مصر</t>
   </si>
   <si>
     <t>نقض قول من تبع الفلاسفة أن الله لا داخل العالم ولا خارجه (مذكور في كتب تقرير العلو)</t>
   </si>