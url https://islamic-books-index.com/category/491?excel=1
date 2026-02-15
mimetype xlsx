--- v0 (2025-12-18)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -306,50 +306,53 @@
     <t>شرح عمدة الأحكام 2/1</t>
   </si>
   <si>
     <t>سعد بن ناصر الشثري</t>
   </si>
   <si>
     <t>دار كنوز أشبيليا - الرياض</t>
   </si>
   <si>
     <t>مورد الأفهام في شرح عمدة الأحكام 4/1</t>
   </si>
   <si>
     <t>عبد الله بن صالح الفوزان</t>
   </si>
   <si>
     <t>دار ابن الجوزي - الدمام</t>
   </si>
   <si>
     <t>تيسير ذي الإنعام بشرح عمدة الأحكام</t>
   </si>
   <si>
     <t>عبد العزيز بن عبد الله الراجحي</t>
   </si>
   <si>
     <t>مؤسسة عبد العزيز الراجحي - الرياض</t>
+  </si>
+  <si>
+    <t>عمدة الأفهام في فوائد أحاديث عمدة الأحكام</t>
   </si>
   <si>
     <t>الإحكام شرح عمدة الأحكام 2/1</t>
   </si>
   <si>
     <t>منصور بن محمد الصقعوب</t>
   </si>
   <si>
     <t>دار العقيدة - الرياض</t>
   </si>
   <si>
     <t>مسك الختام شرح عمدة الأحكام 5/1</t>
   </si>
   <si>
     <t>زايد بن حسن الوصابي العمري</t>
   </si>
   <si>
     <t>الشيخ يحيى بن علي الحجوري</t>
   </si>
   <si>
     <t>دار البشير - جدة</t>
   </si>
   <si>
     <t>فتح السلام شرح عمدة الأحكام (مأخوذ من فتح الباري لابن حجر (852 هـ)) 7/1</t>
   </si>
@@ -713,51 +716,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I33"/>
+  <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1431,202 +1434,225 @@
       </c>
       <c r="B27">
         <v>1500</v>
       </c>
       <c r="C27" t="s">
         <v>95</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>96</v>
       </c>
       <c r="I27" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="C28" t="s">
         <v>98</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="I28" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" t="s">
+        <v>100</v>
+      </c>
+      <c r="I29" t="s">
         <v>101</v>
-      </c>
-[...16 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>1505</v>
       </c>
       <c r="C30" t="s">
+        <v>102</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>103</v>
+      </c>
+      <c r="G30" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30" t="s">
+        <v>104</v>
+      </c>
+      <c r="I30" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>2000</v>
+        <v>1505</v>
       </c>
       <c r="C31" t="s">
+        <v>106</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>107</v>
+      </c>
+      <c r="H31" t="s">
+        <v>108</v>
+      </c>
+      <c r="I31" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>2000</v>
       </c>
       <c r="C32" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
+        <v>111</v>
+      </c>
+      <c r="H32" t="s">
+        <v>14</v>
+      </c>
+      <c r="I32" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
+        <v>2000</v>
+      </c>
+      <c r="C33" t="s">
+        <v>110</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>113</v>
+      </c>
+      <c r="H33" t="s">
+        <v>114</v>
+      </c>
+      <c r="I33" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34">
         <v>2001</v>
       </c>
-      <c r="C33" t="s">
-[...8 lines deleted...]
-      <c r="F33" t="s">
+      <c r="C34" t="s">
         <v>116</v>
       </c>
-      <c r="I33" t="s">
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" t="s">
         <v>117</v>
+      </c>
+      <c r="I34" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">