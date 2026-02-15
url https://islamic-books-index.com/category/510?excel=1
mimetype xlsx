--- v0 (2025-12-24)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -672,50 +672,62 @@
     <t>سيرة الشيخ بكر أبو زيد وأخباره (1365 - 1429 هـ)</t>
   </si>
   <si>
     <t>صالح بن عبد الله آل داود</t>
   </si>
   <si>
     <t>دار التوحيد - الرياض</t>
   </si>
   <si>
     <t>نثار السيرة وثمار الصحبة مع العلامة بكر بن عبد الله أبو زيد</t>
   </si>
   <si>
     <t>علي بن محمد العمران</t>
   </si>
   <si>
     <t>أعجوبة العصر (سيرة الشيخ عبد الله بن جبرين) (1430 هـ)</t>
   </si>
   <si>
     <t>عبد الرحمن بن عبد الله بن جبرين</t>
   </si>
   <si>
     <t>أبي كما عرفته - لمحات من سيرة الشيخ الإمام عبد الله بن عبد الرحمن الجبرين رحمه الله</t>
   </si>
   <si>
     <t>هيا بنت عبد الله الجبرين</t>
+  </si>
+  <si>
+    <t>عبير الياسمين في سيرة الشيخ عبد الله بن عبد الرحمن بن جبرين</t>
+  </si>
+  <si>
+    <t>طارق بن محمد الخويطر</t>
+  </si>
+  <si>
+    <t>د. صالح بن حميد</t>
+  </si>
+  <si>
+    <t>دار كنوز أشبيليا - الرياض</t>
   </si>
   <si>
     <t>مختصر رياض المحبين في سيرة الشيخ ابن جبرين</t>
   </si>
   <si>
     <t>متعب بن سعد السلمي</t>
   </si>
   <si>
     <t>الشيخ العلامة عبد الله بن عبد العزيز بن عقيل (1432 هـ)، سيرته الذاتية وأهم مراسلاته 5/1</t>
   </si>
   <si>
     <t>بلال بن محمود الجزائري</t>
   </si>
   <si>
     <t>الشيخ صالح الحصين رحمه الله (1434 هـ) نادرة زمانه وفريد عصره</t>
   </si>
   <si>
     <t>محمد بن فهد الفريح</t>
   </si>
   <si>
     <t>جهود الشيخ صالح بن عبد الرحمن الحصين (1434 هـ) في الدعوة إلى الله</t>
   </si>
   <si>
     <t>سلطان بن عمر الحصين</t>
   </si>
@@ -1082,51 +1094,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3038,290 +3050,319 @@
       </c>
       <c r="B79">
         <v>1430</v>
       </c>
       <c r="C79" t="s">
         <v>218</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" t="s">
         <v>219</v>
       </c>
       <c r="I79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="C80" t="s">
         <v>220</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" t="s">
         <v>221</v>
       </c>
+      <c r="G80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H80" t="s">
+        <v>222</v>
+      </c>
       <c r="I80" t="s">
-        <v>5</v>
+        <v>223</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="C81" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I81" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="C82" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I82" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="C83" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I83" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>1436</v>
+        <v>1435</v>
       </c>
       <c r="C84" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="I84" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
-        <v>1440</v>
+        <v>1436</v>
       </c>
       <c r="C85" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I85" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="C86" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" t="s">
-        <v>129</v>
+        <v>235</v>
+      </c>
+      <c r="G86" t="s">
+        <v>207</v>
+      </c>
+      <c r="H86" t="s">
+        <v>236</v>
       </c>
       <c r="I86" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>1443</v>
       </c>
       <c r="C87" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" t="s">
         <v>129</v>
       </c>
       <c r="I87" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
         <v>1443</v>
       </c>
       <c r="C88" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" t="s">
-        <v>236</v>
-[...5 lines deleted...]
-        <v>237</v>
+        <v>129</v>
       </c>
       <c r="I88" t="s">
-        <v>87</v>
+        <v>130</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
-        <v>1444</v>
+        <v>1443</v>
       </c>
       <c r="C89" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G89" t="s">
         <v>207</v>
       </c>
       <c r="H89" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I89" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90">
+        <v>89</v>
+      </c>
+      <c r="B90">
+        <v>1444</v>
+      </c>
+      <c r="C90" t="s">
+        <v>242</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" t="s">
+        <v>243</v>
+      </c>
+      <c r="G90" t="s">
+        <v>207</v>
+      </c>
+      <c r="H90" t="s">
+        <v>244</v>
+      </c>
+      <c r="I90" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>