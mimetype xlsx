--- v0 (2025-10-19)
+++ v1 (2026-01-15)
@@ -41,89 +41,104 @@
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
     <t>الناشر</t>
   </si>
   <si>
+    <t>معرفة السنن والآثار عن الشافعي والمزني 15/1</t>
+  </si>
+  <si>
+    <t>الحديث</t>
+  </si>
+  <si>
+    <t>سنن البيهقي وكتبه المسندة</t>
+  </si>
+  <si>
+    <t>البيهقي، أحمد بن الحسين (458 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق</t>
+  </si>
+  <si>
+    <t>د. عبد المعطي أمين قلعه جي</t>
+  </si>
+  <si>
+    <t>بيع دار الباز - مكة</t>
+  </si>
+  <si>
+    <t>معرفة السنن والآثار عن الشافعي والمزني 6/1</t>
+  </si>
+  <si>
+    <t>سيد كسروي حسن</t>
+  </si>
+  <si>
+    <t>دار الكتب العلمية - بيروت</t>
+  </si>
+  <si>
     <t>السنن الكبير 23/1</t>
   </si>
   <si>
-    <t>الحديث</t>
-[...10 lines deleted...]
-  <si>
     <t>د. عبد الله التركي / دار هجر</t>
   </si>
   <si>
     <t>دار هجر - مصر</t>
   </si>
   <si>
     <t>كتاب السنن الكبرى 10/1</t>
   </si>
   <si>
     <t>عبد السلام بن محمد علوش</t>
   </si>
   <si>
     <t>مكتبة الرشد - الرياض</t>
   </si>
   <si>
     <t>السنن الكبرى، وبذيله تعقبات ابن التركماني 11/1</t>
   </si>
   <si>
     <t>محمد بن عبد القادر عطا</t>
   </si>
   <si>
-    <t>دار الكتب العلمية - بيروت</t>
-[...1 lines deleted...]
-  <si>
     <t>المهذب في اختصار السنن الكبير للبيهقي 10/1</t>
   </si>
   <si>
     <t>شمس الدين الذهبي، محمد بن أحمد (748 هـ)</t>
   </si>
   <si>
     <t>تحقيق - إشراف</t>
   </si>
   <si>
     <t>دار المشكاة / ياسر إبراهيم</t>
   </si>
   <si>
     <t>مدار الوطن - الرياض</t>
   </si>
   <si>
     <t>المدخل إلى علم السنن 2/1</t>
   </si>
   <si>
     <t>محمد عوامة</t>
   </si>
   <si>
     <t>دار المنهاج - الرياض</t>
   </si>
   <si>
     <t>المدخل إلى السنن الكبرى 2/1</t>
@@ -201,65 +216,50 @@
     <t>المكتب الإسلامي - بيروت</t>
   </si>
   <si>
     <t>كتاب البعث والنشور (مكرر في كتب الإيمان باليوم الآخر)</t>
   </si>
   <si>
     <t>أبي عاصم الشوامي الأثري</t>
   </si>
   <si>
     <t>مكتبة دار الحجاز - مصر</t>
   </si>
   <si>
     <t>كتاب القضاء والقدر 3/1</t>
   </si>
   <si>
     <t>د. صلاح الدين عباس شكر</t>
   </si>
   <si>
     <t>دلائل النبوة ومعرفة أحوال صاحب الشريعة 7/1</t>
   </si>
   <si>
     <t>سيد بن إبراهيم</t>
   </si>
   <si>
     <t>دار الحديث - القاهرة</t>
-  </si>
-[...13 lines deleted...]
-    <t>سيد كسروي حسن</t>
   </si>
   <si>
     <t>كتاب الزهد الكبير (مكرر في كتب الزهد)</t>
   </si>
   <si>
     <t>تحقيق وتعليق</t>
   </si>
   <si>
     <t>د. تقي الدين الندوي</t>
   </si>
   <si>
     <t>أروقة للدراسات والنشر - الأردن</t>
   </si>
   <si>
     <t>كتاب الزهد الكبير</t>
   </si>
   <si>
     <t>نبيل صلاح عبد المجيد سليم</t>
   </si>
   <si>
     <t>دار البصيرة - الاسكندرية</t>
   </si>
   <si>
     <t>الآداب (كتاب مسند مكرر في: الآداب الشرعية)</t>
   </si>
@@ -679,576 +679,576 @@
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
       <c r="I3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
       <c r="H4" t="s">
         <v>20</v>
       </c>
       <c r="I4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
-        <v>470</v>
+        <v>459</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" t="s">
         <v>23</v>
       </c>
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
-        <v>480</v>
+        <v>460</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="I6" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" t="s">
         <v>30</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" t="s">
         <v>33</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="I8" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>600</v>
+        <v>480</v>
       </c>
       <c r="C9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H9" t="s">
         <v>36</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="I9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
-        <v>4500</v>
+        <v>490</v>
       </c>
       <c r="C10" t="s">
         <v>38</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="G10" t="s">
         <v>39</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>4580</v>
+        <v>600</v>
       </c>
       <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" t="s">
         <v>42</v>
       </c>
-      <c r="D11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
-        <v>4580</v>
+        <v>4500</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="H12" t="s">
+        <v>45</v>
+      </c>
+      <c r="I12" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>13220</v>
+        <v>4580</v>
       </c>
       <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H13" t="s">
         <v>49</v>
       </c>
       <c r="I13" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>13221</v>
+        <v>4580</v>
       </c>
       <c r="C14" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
         <v>51</v>
       </c>
       <c r="I14" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>13222</v>
+        <v>13220</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>53</v>
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" t="s">
+        <v>54</v>
       </c>
       <c r="I15" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>13223</v>
+        <v>13221</v>
       </c>
       <c r="C16" t="s">
         <v>55</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
         <v>56</v>
       </c>
       <c r="I16" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>13224</v>
+        <v>13222</v>
       </c>
       <c r="C17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
         <v>58</v>
       </c>
-      <c r="D17" t="s">
-[...11 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>13225</v>
+        <v>13223</v>
       </c>
       <c r="C18" t="s">
         <v>60</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
         <v>61</v>
       </c>
       <c r="I18" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>13225</v>
+        <v>13224</v>
       </c>
       <c r="C19" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I19" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>13226</v>
+        <v>13225</v>
       </c>
       <c r="C20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I20" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
-        <v>13226</v>
+        <v>13225</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>13227</v>
       </c>
       <c r="C22" t="s">
         <v>68</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>69</v>
       </c>
       <c r="H22" t="s">
@@ -1291,51 +1291,51 @@
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>13246</v>
       </c>
       <c r="C24" t="s">
         <v>75</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
         <v>76</v>
       </c>
       <c r="I24" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>13248</v>
       </c>
       <c r="C25" t="s">
         <v>77</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
@@ -1343,80 +1343,80 @@
       </c>
       <c r="I25" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>13253</v>
       </c>
       <c r="C26" t="s">
         <v>80</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>14000</v>
       </c>
       <c r="C27" t="s">
         <v>81</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>82</v>
       </c>
       <c r="H27" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="I27" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">