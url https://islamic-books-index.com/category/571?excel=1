--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -12,101 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
     <t>الناشر</t>
   </si>
   <si>
     <t>التدمرية (تحقيق الإثبات للأسماء والصفات وحقيقة الجمع بين الشرع والقدر) (تقع ضمن مجموع الفتاوى 1/3-128)</t>
   </si>
   <si>
     <t>العقيدة</t>
   </si>
   <si>
     <t>تأصيلات في عقيدة الأسماء والصفات - العقيدة التدمرية وشروحاتها</t>
   </si>
   <si>
     <t>ابن تيمية، أحمد بن عبد الحليم (728 هـ)</t>
   </si>
   <si>
     <t>تحقيق</t>
   </si>
   <si>
     <t>محمد بن عودة السعوي</t>
   </si>
   <si>
     <t>مكتبة العبيكان - الرياض</t>
   </si>
   <si>
     <t>التدمرية (تحقيق الإثبات للأسماء والصفات وحقيقة الجمع بين الشرع) (تقع ضمن مجموع الفتاوى 1/3-128)</t>
+  </si>
+  <si>
+    <t>تحقيق ودراسة</t>
   </si>
   <si>
     <t>د. دغش بن شبيب العجمي</t>
   </si>
   <si>
     <t>مكتبة أهل الأثر - الكويت</t>
   </si>
   <si>
     <t>تقريرات ابن تيمية في بيان ما يشكل من الرسالة التدمرية</t>
   </si>
   <si>
     <t>جمع - تعليق</t>
   </si>
   <si>
     <t>د. عبد العزيز آل عبد اللطيف</t>
   </si>
   <si>
     <t>مركز ابن تيمية – الرياض</t>
   </si>
   <si>
     <t>شرح التدمرية لشيخ الإسلام ابن تيمية 2/1</t>
   </si>
   <si>
     <t>محمد أمان بن علي الجامي (1416 هـ)</t>
   </si>
@@ -673,504 +676,504 @@
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>14903</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>14904</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>14905</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>14905</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>14906</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>14908</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>14908</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>14909</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>14910</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>14910</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>14911</v>
       </c>
       <c r="C13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>14911</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>14911</v>
       </c>
       <c r="C15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>14911</v>
       </c>
       <c r="C16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>14912</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>14913</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I18" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>14914</v>
       </c>
       <c r="C19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>15301</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>15419</v>
       </c>
       <c r="C21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">