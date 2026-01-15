--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -71,51 +71,51 @@
   <si>
     <t>بحوث في إثبات صفة الكلام لله تعالى، وإثبات أن القرآن كلام الله غير مخلوق</t>
   </si>
   <si>
     <t>عبد العزيز بن يحيى الكناني (240 هـ)</t>
   </si>
   <si>
     <t>تعليق</t>
   </si>
   <si>
     <t>أبي عبد الرحمن الأثري</t>
   </si>
   <si>
     <t>دار النصيحة - المدينة</t>
   </si>
   <si>
     <t>الحيدة الكبرى والاعتذار في الرد من قال بخلق القرآن</t>
   </si>
   <si>
     <t>تحقيق وتعليق</t>
   </si>
   <si>
     <t>أحمد حسن العدوي</t>
   </si>
   <si>
-    <t>دار أطلس الخضراء - الرياض</t>
+    <t>تبصير للنشر والتوزيع - مصر</t>
   </si>
   <si>
     <t>رسالة الإمام أحمد بن حنبل إلى الخليفة المتوكل العباسي (في أن القرآن كلام الله)</t>
   </si>
   <si>
     <t>أحمد بن حنبل (241 هـ)</t>
   </si>
   <si>
     <t>تحقيق</t>
   </si>
   <si>
     <t>علي محمد زينو</t>
   </si>
   <si>
     <t>دار النوادر - دمشق</t>
   </si>
   <si>
     <t>رسالة في أن القرآن غير مخلوق، ويليه رسالة الإمام أحمد إلى المتوكل في مسألة القرآن</t>
   </si>
   <si>
     <t>إبراهيم بن إسحاق البغدادي الحربي (285 هـ)</t>
   </si>
   <si>
     <t>د. علي بن عبد العزيز الشبل</t>
   </si>
@@ -198,50 +198,59 @@
     <t>د. سعود بن عبد الله الفنيسان</t>
   </si>
   <si>
     <t>دار أشبيليا - الرياض</t>
   </si>
   <si>
     <t>مناظرة أهل البدع في القرآن العظيم وكلام الله القديم</t>
   </si>
   <si>
     <t>تحقيق - تعليق</t>
   </si>
   <si>
     <t>ربيع بن زكريا أبو هرجة</t>
   </si>
   <si>
     <t>مكتبة ابن عباس - مصر</t>
   </si>
   <si>
     <t>اختصاص القرآن بعوده إلى الرحيم الرحمن</t>
   </si>
   <si>
     <t>ضياء الدين المقدسي، محمد بن عبدالواحد (643 هـ)</t>
   </si>
   <si>
     <t>دار الكتب العلمية - بيروت</t>
+  </si>
+  <si>
+    <t>جهود شيخ الإسلام ابن تيمية رحمه الله في تقرير مسألة الكلام والرد على المخالفين</t>
+  </si>
+  <si>
+    <t>بو فلجة بن بلقاسم بن عباس</t>
+  </si>
+  <si>
+    <t>دار الأماجد - بيروت</t>
   </si>
   <si>
     <t>قاعدة في القرآن وكلام الله (يقع في مجموع الفتاوى 5/12 - 36)</t>
   </si>
   <si>
     <t>ابن تيمية، أحمد بن عبد الحليم (728 هـ)</t>
   </si>
   <si>
     <t>دار القاسم - الرياض</t>
   </si>
   <si>
     <t>مسألة الأحرف التي أنزلها الله على آدم (يقع في مجموع الفتاوى 12/ 37 - 116)</t>
   </si>
   <si>
     <t>القرآن العظيم كلام الله (يقع في مجموع الفتاوى 12/ 117 - 161)</t>
   </si>
   <si>
     <t>المسألة المصرية في القرآن (يقع في مجموع الفتاوى 162/12 - 234)</t>
   </si>
   <si>
     <t>التبيان في نزول القرآن (يقع في مجموع الفتاوى 246/12 - 257)</t>
   </si>
   <si>
     <t>مختصر الكيلانية (في كلام الله) (ويقع في مجموع الفتاوى 323/12 - 501)</t>
   </si>
@@ -617,51 +626,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1030,308 +1039,331 @@
       </c>
       <c r="B14">
         <v>1643</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>60</v>
       </c>
       <c r="I14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>1728</v>
+        <v>1727</v>
       </c>
       <c r="C15" t="s">
         <v>62</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
         <v>63</v>
       </c>
       <c r="I15" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>1728</v>
       </c>
       <c r="C16" t="s">
         <v>65</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I16" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>1728</v>
       </c>
       <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
         <v>66</v>
       </c>
-      <c r="D17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I17" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>1728</v>
       </c>
       <c r="C18" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" t="s">
+        <v>66</v>
+      </c>
+      <c r="I18" t="s">
         <v>67</v>
-      </c>
-[...10 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>1728</v>
       </c>
       <c r="C19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I19" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>1728</v>
       </c>
       <c r="C20" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="I20" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>1728</v>
       </c>
       <c r="C21" t="s">
         <v>72</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21" t="s">
         <v>73</v>
       </c>
       <c r="I21" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>1990</v>
+        <v>1728</v>
       </c>
       <c r="C22" t="s">
         <v>75</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
+        <v>66</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22" t="s">
         <v>76</v>
       </c>
       <c r="I22" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="C23" t="s">
         <v>78</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="I23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>2000</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="I24" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>2000</v>
       </c>
       <c r="C25" t="s">
         <v>83</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>84</v>
       </c>
       <c r="I25" t="s">
         <v>85</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26">
+        <v>2000</v>
+      </c>
+      <c r="C26" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" t="s">
+        <v>87</v>
+      </c>
+      <c r="I26" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">