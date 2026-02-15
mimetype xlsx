--- v0 (2025-10-21)
+++ v1 (2026-02-15)
@@ -651,50 +651,53 @@
         <v>23</v>
       </c>
       <c r="H5" t="s">
         <v>24</v>
       </c>
       <c r="I5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>1378</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
       <c r="H6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>1380</v>
       </c>
       <c r="C7" t="s">
         <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>