--- v0 (2025-10-27)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -197,102 +197,105 @@
   <si>
     <t>مكتبة ابن تيمية - القاهرة</t>
   </si>
   <si>
     <t>قواعد ابن تيمية في الرد على المخالفين (اليهود - النصارى - الفلاسفة - الفرق الإسلامية)</t>
   </si>
   <si>
     <t>حمدي بن حميد القريقري</t>
   </si>
   <si>
     <t>قواعد نقد العقائد عند ابن تيمية</t>
   </si>
   <si>
     <t>عبد الكريم بليل</t>
   </si>
   <si>
     <t>دار الأصول العلمية - اسطنبول</t>
   </si>
   <si>
     <t>مناظرات ابن تيمية لأهل الملل والنحل</t>
   </si>
   <si>
     <t>عبد العزيز بن محمد آل عبداللطيف</t>
   </si>
   <si>
+    <t>إشراف</t>
+  </si>
+  <si>
+    <t>د. عبد الله بن عمر الدميجي</t>
+  </si>
+  <si>
     <t>مجلة البيان - لندن</t>
   </si>
   <si>
     <t>تيميات (30 مقالا عن ابن تيمية وتراثه – مناظرات ابن تيمية لأهل الملل والنحل – رسائل ومسائل منسوبة لابن تيمية – دراسة عقدية)</t>
   </si>
   <si>
     <t>شركة رسالة دار البيان - الرياض</t>
   </si>
   <si>
     <t>الفرق الضالة وانحرافاتها</t>
   </si>
   <si>
     <t>زيد بن عبد العزيز فياض (1416 هـ)</t>
   </si>
   <si>
     <t>دار الألوكة - الرياض</t>
   </si>
   <si>
     <t>فرق معاصرة تنتسب الى الإسلام وبيان موقف الإسلام منها 2/1</t>
   </si>
   <si>
     <t>غالب بن علي العواجي (1438 هـ)</t>
   </si>
   <si>
     <t>دار لـينة - مصر</t>
   </si>
   <si>
     <t>لمحة عن الفرق الضالة</t>
   </si>
   <si>
     <t>صالح بن فوزان الفوزان</t>
   </si>
   <si>
     <t>دار السلف - الرياض</t>
   </si>
   <si>
     <t>الموجز في الأديان والمذاهب المعاصرة</t>
   </si>
   <si>
     <t>د. ناصر العقل و د. ناصر القفاري</t>
   </si>
   <si>
     <t>دار الصميعي - الرياض</t>
   </si>
   <si>
     <t>موسوعة العقيدة والأديان والفرق والمذاهب المعاصرة 6/1</t>
   </si>
   <si>
     <t>مجموعة من الباحثين</t>
-  </si>
-[...1 lines deleted...]
-    <t>إشراف</t>
   </si>
   <si>
     <t>د. سعود بن سلمان بن محمد آل سعود</t>
   </si>
   <si>
     <t>دار التوحيد - الرياض</t>
   </si>
   <si>
     <t>ملحق بالزيادات والتعديلات على الطبعة الأولى من موسوعة العقيدة والأديان والفرق والمذاهب المعاصرة</t>
   </si>
   <si>
     <t>دار التوحيد للنشر - الرياض</t>
   </si>
   <si>
     <t>الموسوعة الميسرة في الأديان والمذاهب المعاصرة</t>
   </si>
   <si>
     <t>الندوة العالمية للشباب الإسلامي - الرياض</t>
   </si>
   <si>
     <t>أهل الأهواء والبدع والفتن والاختلاف 5/1</t>
   </si>
   <si>
     <t>محمد بن عبد الرحمن المغراوي</t>
   </si>
@@ -1139,504 +1142,510 @@
         <v>57</v>
       </c>
       <c r="I15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>728</v>
       </c>
       <c r="C16" t="s">
         <v>59</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>60</v>
       </c>
+      <c r="G16" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16" t="s">
+        <v>62</v>
+      </c>
       <c r="I16" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>728</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
       <c r="I17" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>1416</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>1438</v>
       </c>
       <c r="C19" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I19" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>1500</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="I20" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>1510</v>
       </c>
       <c r="C21" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I21" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>1600</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G22" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="H22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>1601</v>
       </c>
       <c r="C23" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G23" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="H23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I23" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>1610</v>
       </c>
       <c r="C24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="I24" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>4790</v>
       </c>
       <c r="C25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>4791</v>
       </c>
       <c r="C26" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I26" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>4800</v>
       </c>
       <c r="C27" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H27" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="I27" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
         <v>5511</v>
       </c>
       <c r="C28" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I28" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>5511</v>
       </c>
       <c r="C29" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>5514</v>
       </c>
       <c r="C30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I30" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
         <v>5515</v>
       </c>
       <c r="C31" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I31" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>5515</v>
       </c>
       <c r="C32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I32" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
         <v>6458</v>
       </c>
       <c r="C33" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I33" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>16358</v>
       </c>
       <c r="C34" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I34" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
         <v>16535</v>
       </c>
       <c r="C35" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I35" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">