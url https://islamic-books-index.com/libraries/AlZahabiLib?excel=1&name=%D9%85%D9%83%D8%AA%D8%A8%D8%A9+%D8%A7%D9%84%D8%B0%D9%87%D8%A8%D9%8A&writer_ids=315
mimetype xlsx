--- v0 (2025-10-29)
+++ v1 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
     <t>الناشر</t>
   </si>
   <si>
@@ -269,51 +269,54 @@
   <si>
     <t>محمد سيد أحمد الأزهري</t>
   </si>
   <si>
     <t>ذيل ديوان الضعفاء والمتروكين وخلق من المجهولين وأناس ثقات فيهم لين</t>
   </si>
   <si>
     <t>الشيخ حماد بن محمد الأنصاري</t>
   </si>
   <si>
     <t>مكتبة النهضة الحديثة - مكة</t>
   </si>
   <si>
     <t>المغني في الضعفاء</t>
   </si>
   <si>
     <t>نور الدين عتر</t>
   </si>
   <si>
     <t>إدارة إحياء التراث الإسلامي - قطر</t>
   </si>
   <si>
     <t>المغني في الضعفاء 2/1</t>
   </si>
   <si>
-    <t>حازم القاضي</t>
+    <t>د. نور الدين عتر</t>
+  </si>
+  <si>
+    <t>دار المنهاج القويم - دمشق</t>
   </si>
   <si>
     <t>تذهيب تهذيب الكمال في أسماء الرجال 11/1</t>
   </si>
   <si>
     <t>الكمال في أسماء الرجال ومختصراته (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>غنيم عباس ومجدي السيد أمين</t>
   </si>
   <si>
     <t>دار الفاروق الحديثة - القاهرة</t>
   </si>
   <si>
     <t>ميزان الاعتدال في نقد الرجال، ويليه: ذيل ميزان الاعتدال لأبي الفضل العراقي 7/1</t>
   </si>
   <si>
     <t>التراجم والسؤالات (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>علي معوض وعادل عبد الموجود</t>
   </si>
   <si>
     <t>ميزان الاعتدال في نقد الرجال 5/1</t>
   </si>
@@ -1703,1443 +1706,1443 @@
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>84</v>
       </c>
       <c r="C23" t="s">
         <v>47</v>
       </c>
       <c r="D23" t="s">
         <v>76</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>85</v>
       </c>
       <c r="H23" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
         <v>47</v>
       </c>
       <c r="D24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C25" t="s">
         <v>47</v>
       </c>
       <c r="D25" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H25" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C26" t="s">
         <v>47</v>
       </c>
       <c r="D26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H26" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C27" t="s">
         <v>47</v>
       </c>
       <c r="D27" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H27" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C28" t="s">
         <v>47</v>
       </c>
       <c r="D28" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H28" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C29" t="s">
         <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H29" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C30" t="s">
         <v>47</v>
       </c>
       <c r="D30" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H30" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C31" t="s">
         <v>47</v>
       </c>
       <c r="D31" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H31" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
         <v>47</v>
       </c>
       <c r="D32" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H32" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C33" t="s">
         <v>47</v>
       </c>
       <c r="D33" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G33" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H33" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C34" t="s">
         <v>47</v>
       </c>
       <c r="D34" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H34" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C35" t="s">
         <v>47</v>
       </c>
       <c r="D35" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G35" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H35" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C36" t="s">
         <v>47</v>
       </c>
       <c r="D36" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C37" t="s">
         <v>47</v>
       </c>
       <c r="D37" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H37" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C38" t="s">
         <v>47</v>
       </c>
       <c r="D38" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H38" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C39" t="s">
         <v>47</v>
       </c>
       <c r="D39" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H39" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D40" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C41" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D41" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G41" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H41" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C42" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D42" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" t="s">
         <v>72</v>
       </c>
       <c r="G42" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H42" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C43" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D43" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G43" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H43" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C44" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D44" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H44" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D45" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H45" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C46" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D46" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H47" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D48" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" t="s">
         <v>56</v>
       </c>
       <c r="G48" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H48" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D49" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H49" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D50" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H50" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C51" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D51" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G51" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H51" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C52" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D52" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H52" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C53" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D53" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H53" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C54" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D54" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H54" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C55" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D55" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H55" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C56" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D56" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="H56" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>194</v>
+      </c>
+      <c r="C57" t="s">
+        <v>192</v>
+      </c>
+      <c r="D57" t="s">
         <v>193</v>
       </c>
-      <c r="C57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H57" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C58" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D58" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" t="s">
         <v>51</v>
       </c>
       <c r="G58" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H58" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C59" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D59" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H59" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C60" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D60" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H60" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C61" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D61" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H61" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C62" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D62" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H62" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C63" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D63" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H63" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C64" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D64" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H64" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C65" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D65" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" t="s">
         <v>56</v>
       </c>
       <c r="G65" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H65" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C66" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D66" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>222</v>
+      </c>
+      <c r="C67" t="s">
+        <v>209</v>
+      </c>
+      <c r="D67" t="s">
+        <v>210</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
         <v>221</v>
-      </c>
-[...13 lines deleted...]
-        <v>220</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C68" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D68" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H68" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C69" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D69" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H69" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>229</v>
+      </c>
+      <c r="C70" t="s">
+        <v>227</v>
+      </c>
+      <c r="D70" t="s">
         <v>228</v>
       </c>
-      <c r="C70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="H70" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C71" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D71" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" t="s">
         <v>56</v>
       </c>
       <c r="G71" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H71" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C72" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D72" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H72" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C73" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D73" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H73" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C74" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D74" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H74" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C75" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D75" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H75" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C76" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D76" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H76" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C77" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D77" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H77" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">