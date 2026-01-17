--- v0 (2025-11-04)
+++ v1 (2026-01-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
     <t>الناشر</t>
   </si>
   <si>
@@ -510,50 +510,53 @@
     <t>كتب متنوعة في الفقه الحنبلي (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>سالم بن جابر السويلم</t>
   </si>
   <si>
     <t>الملخص الفقهي</t>
   </si>
   <si>
     <t>شرح (المنتقى في الأحكام الشرعية من كلام خير البرية صلى الله عليه وسلم (الأركان الخمسة) 5/1</t>
   </si>
   <si>
     <t>كتب الحديث المصنفة على أبواب الفقه - عام (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>الاختصار في التعليق على منتقى الأخبار</t>
   </si>
   <si>
     <t>تقديم سماحة الشيخ</t>
   </si>
   <si>
     <t>عبد العزيز بن عبد الله آل الشيخ</t>
   </si>
   <si>
     <t>دار المأثور - الرياض</t>
+  </si>
+  <si>
+    <t>مجموعة الحديث على أبواب الفقه، للشيخ محمد بن عبد الوهاب - شرح لى باب الإمامة</t>
   </si>
   <si>
     <t>تـسهيل الإلـمام بـفقه الأحاديث من بلوغ المرام 7/1</t>
   </si>
   <si>
     <t>كتب الحديث المصنفة على أبواب الفقه - بلوغ المرام</t>
   </si>
   <si>
     <t>سليمان بن عبد الله السليمان</t>
   </si>
   <si>
     <t>شرح عمدة الأحكام من كلام خير الأنام مما اتفق عليه الشيخان، للحافظ عبد الغني المقدسي رحمه الله 2/1</t>
   </si>
   <si>
     <t>كتب الحديث المصنفة على أبواب الفقه - عمدة الأحكام</t>
   </si>
   <si>
     <t>البيوع المحرمة</t>
   </si>
   <si>
     <t>فقه الأموال والمعاملات</t>
   </si>
   <si>
     <t>مكتبة الصفدي - الرياض</t>
   </si>
@@ -1208,51 +1211,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H114"/>
+  <dimension ref="A1:H115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2738,1066 +2741,1092 @@
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" t="s">
         <v>163</v>
       </c>
       <c r="G67" t="s">
         <v>164</v>
       </c>
       <c r="H67" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>166</v>
       </c>
       <c r="C68" t="s">
         <v>151</v>
       </c>
       <c r="D68" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" t="s">
-        <v>128</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>168</v>
+        <v>56</v>
+      </c>
+      <c r="H68" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C69" t="s">
         <v>151</v>
       </c>
       <c r="D69" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
-      <c r="H69" t="s">
-        <v>31</v>
+      <c r="F69" t="s">
+        <v>128</v>
+      </c>
+      <c r="G69" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C70" t="s">
         <v>151</v>
       </c>
       <c r="D70" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="H70" t="s">
-        <v>173</v>
+        <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C71" t="s">
         <v>151</v>
       </c>
       <c r="D71" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="H71" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="H72" t="s">
-        <v>74</v>
+        <v>176</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>177</v>
       </c>
       <c r="C73" t="s">
         <v>151</v>
       </c>
       <c r="D73" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="H73" t="s">
-        <v>179</v>
+        <v>74</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C74" t="s">
         <v>151</v>
       </c>
       <c r="D74" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="H74" t="s">
-        <v>38</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C75" t="s">
         <v>151</v>
       </c>
       <c r="D75" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="H75" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C76" t="s">
         <v>151</v>
       </c>
       <c r="D76" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>185</v>
+      </c>
+      <c r="C77" t="s">
+        <v>151</v>
+      </c>
+      <c r="D77" t="s">
         <v>186</v>
       </c>
-      <c r="C77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="H77" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>187</v>
+      </c>
+      <c r="C78" t="s">
+        <v>188</v>
+      </c>
+      <c r="D78" t="s">
         <v>189</v>
       </c>
-      <c r="C78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="H78" t="s">
-        <v>138</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>190</v>
+      </c>
+      <c r="C79" t="s">
+        <v>191</v>
+      </c>
+      <c r="D79" t="s">
+        <v>192</v>
+      </c>
+      <c r="E79" t="s">
+        <v>193</v>
+      </c>
+      <c r="F79" t="s">
+        <v>70</v>
+      </c>
+      <c r="G79" t="s">
         <v>194</v>
       </c>
-      <c r="C79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H79" t="s">
-        <v>197</v>
+        <v>138</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>195</v>
+      </c>
+      <c r="C80" t="s">
+        <v>196</v>
+      </c>
+      <c r="D80" t="s">
+        <v>197</v>
+      </c>
+      <c r="E80" t="s">
+        <v>11</v>
+      </c>
+      <c r="H80" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>199</v>
+      </c>
+      <c r="C81" t="s">
+        <v>196</v>
+      </c>
+      <c r="D81" t="s">
         <v>200</v>
       </c>
-      <c r="C81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E81" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>201</v>
+      </c>
+      <c r="C82" t="s">
+        <v>196</v>
+      </c>
+      <c r="D82" t="s">
         <v>202</v>
       </c>
-      <c r="C82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="H82" t="s">
-        <v>204</v>
+        <v>38</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>203</v>
+      </c>
+      <c r="C83" t="s">
+        <v>196</v>
+      </c>
+      <c r="D83" t="s">
+        <v>204</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="H83" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>206</v>
+      </c>
+      <c r="C84" t="s">
+        <v>207</v>
+      </c>
+      <c r="D84" t="s">
         <v>208</v>
       </c>
-      <c r="C84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>209</v>
+      </c>
+      <c r="C85" t="s">
+        <v>207</v>
+      </c>
+      <c r="D85" t="s">
+        <v>208</v>
+      </c>
+      <c r="E85" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" t="s">
+        <v>70</v>
+      </c>
+      <c r="G85" t="s">
+        <v>77</v>
+      </c>
+      <c r="H85" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>211</v>
+      </c>
+      <c r="C86" t="s">
+        <v>207</v>
+      </c>
+      <c r="D86" t="s">
+        <v>208</v>
+      </c>
+      <c r="E86" t="s">
+        <v>11</v>
+      </c>
+      <c r="H86" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>213</v>
       </c>
       <c r="C87" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D87" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" t="s">
         <v>128</v>
       </c>
       <c r="G87" t="s">
-        <v>214</v>
+        <v>48</v>
       </c>
       <c r="H87" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C88" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="D88" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" t="s">
         <v>128</v>
       </c>
       <c r="G88" t="s">
-        <v>48</v>
+        <v>215</v>
       </c>
       <c r="H88" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>216</v>
+      </c>
+      <c r="C89" t="s">
+        <v>217</v>
+      </c>
+      <c r="D89" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" t="s">
         <v>128</v>
       </c>
       <c r="G89" t="s">
         <v>48</v>
       </c>
       <c r="H89" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>219</v>
+      </c>
+      <c r="C90" t="s">
+        <v>220</v>
+      </c>
+      <c r="D90" t="s">
         <v>221</v>
       </c>
-      <c r="C90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" t="s">
         <v>11</v>
+      </c>
+      <c r="F90" t="s">
+        <v>128</v>
+      </c>
+      <c r="G90" t="s">
+        <v>48</v>
+      </c>
+      <c r="H90" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>222</v>
+      </c>
+      <c r="C91" t="s">
+        <v>220</v>
+      </c>
+      <c r="D91" t="s">
         <v>223</v>
       </c>
-      <c r="C91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E91" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>224</v>
+      </c>
+      <c r="C92" t="s">
+        <v>220</v>
+      </c>
+      <c r="D92" t="s">
+        <v>223</v>
+      </c>
+      <c r="E92" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" t="s">
+        <v>70</v>
+      </c>
+      <c r="G92" t="s">
+        <v>77</v>
+      </c>
+      <c r="H92" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
+        <v>226</v>
+      </c>
+      <c r="C93" t="s">
+        <v>227</v>
+      </c>
+      <c r="D93" t="s">
         <v>228</v>
       </c>
-      <c r="C93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>231</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>229</v>
+      </c>
+      <c r="C94" t="s">
+        <v>230</v>
+      </c>
+      <c r="D94" t="s">
+        <v>231</v>
+      </c>
+      <c r="E94" t="s">
+        <v>11</v>
+      </c>
+      <c r="H94" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>233</v>
+      </c>
+      <c r="C95" t="s">
+        <v>230</v>
+      </c>
+      <c r="D95" t="s">
         <v>234</v>
       </c>
-      <c r="C95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H95" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>235</v>
+      </c>
+      <c r="C96" t="s">
+        <v>230</v>
+      </c>
+      <c r="D96" t="s">
         <v>236</v>
       </c>
-      <c r="C96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
+      <c r="F96" t="s">
+        <v>128</v>
+      </c>
+      <c r="G96" t="s">
+        <v>48</v>
+      </c>
       <c r="H96" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>237</v>
       </c>
       <c r="C97" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D97" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="H97" t="s">
-        <v>38</v>
+        <v>205</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
+        <v>238</v>
+      </c>
+      <c r="C98" t="s">
+        <v>239</v>
+      </c>
+      <c r="D98" t="s">
         <v>240</v>
       </c>
-      <c r="C98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="H98" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>241</v>
+      </c>
+      <c r="C99" t="s">
+        <v>239</v>
+      </c>
+      <c r="D99" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="H99" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>243</v>
+      </c>
+      <c r="C100" t="s">
+        <v>239</v>
+      </c>
+      <c r="D100" t="s">
         <v>244</v>
       </c>
-      <c r="C100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
-      <c r="F100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H100" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>245</v>
       </c>
       <c r="C101" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D101" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
+      <c r="F101" t="s">
+        <v>128</v>
+      </c>
+      <c r="G101" t="s">
+        <v>48</v>
+      </c>
       <c r="H101" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>246</v>
+      </c>
+      <c r="C102" t="s">
+        <v>247</v>
+      </c>
+      <c r="D102" t="s">
         <v>248</v>
       </c>
-      <c r="C102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E102" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>11</v>
       </c>
       <c r="H102" t="s">
-        <v>136</v>
+        <v>74</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>249</v>
+      </c>
+      <c r="C103" t="s">
+        <v>250</v>
+      </c>
+      <c r="D103" t="s">
+        <v>251</v>
+      </c>
+      <c r="E103" t="s">
+        <v>69</v>
+      </c>
+      <c r="F103" t="s">
+        <v>128</v>
+      </c>
+      <c r="G103" t="s">
         <v>252</v>
       </c>
-      <c r="C103" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H103" t="s">
-        <v>31</v>
+        <v>136</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C104" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D104" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H104" t="s">
-        <v>231</v>
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>256</v>
+      </c>
+      <c r="C105" t="s">
+        <v>257</v>
+      </c>
+      <c r="D105" t="s">
+        <v>258</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" t="s">
         <v>259</v>
       </c>
-      <c r="C105" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H105" t="s">
-        <v>22</v>
+        <v>232</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>260</v>
+      </c>
+      <c r="C106" t="s">
+        <v>261</v>
+      </c>
+      <c r="D106" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" t="s">
         <v>128</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>263</v>
+      </c>
+      <c r="C107" t="s">
+        <v>261</v>
+      </c>
+      <c r="D107" t="s">
         <v>264</v>
       </c>
-      <c r="C107" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
+      <c r="F107" t="s">
+        <v>128</v>
+      </c>
+      <c r="G107" t="s">
+        <v>48</v>
+      </c>
       <c r="H107" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>265</v>
+      </c>
+      <c r="C108" t="s">
+        <v>261</v>
+      </c>
+      <c r="D108" t="s">
         <v>266</v>
       </c>
-      <c r="C108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="H108" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>267</v>
+      </c>
+      <c r="C109" t="s">
+        <v>261</v>
+      </c>
+      <c r="D109" t="s">
         <v>268</v>
       </c>
-      <c r="C109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
-      <c r="F109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H109" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>269</v>
+      </c>
+      <c r="C110" t="s">
+        <v>261</v>
+      </c>
+      <c r="D110" t="s">
         <v>270</v>
       </c>
-      <c r="C110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
+      <c r="F110" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" t="s">
+        <v>56</v>
+      </c>
       <c r="H110" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>271</v>
+      </c>
+      <c r="C111" t="s">
+        <v>261</v>
+      </c>
+      <c r="D111" t="s">
         <v>272</v>
       </c>
-      <c r="C111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
-      <c r="F111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H111" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
+        <v>273</v>
+      </c>
+      <c r="C112" t="s">
+        <v>261</v>
+      </c>
+      <c r="D112" t="s">
         <v>274</v>
       </c>
-      <c r="C112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
+      <c r="F112" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" t="s">
+        <v>53</v>
+      </c>
       <c r="H112" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
+        <v>275</v>
+      </c>
+      <c r="C113" t="s">
+        <v>276</v>
+      </c>
+      <c r="D113" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="H113" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
+        <v>278</v>
+      </c>
+      <c r="C114" t="s">
+        <v>279</v>
+      </c>
+      <c r="D114" t="s">
         <v>280</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="H114" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115">
+        <v>114</v>
+      </c>
+      <c r="B115" t="s">
         <v>281</v>
       </c>
-      <c r="D114" t="s">
+      <c r="C115" t="s">
         <v>282</v>
       </c>
-      <c r="E114" t="s">
-[...2 lines deleted...]
-      <c r="H114" t="s">
+      <c r="D115" t="s">
+        <v>283</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="H115" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>