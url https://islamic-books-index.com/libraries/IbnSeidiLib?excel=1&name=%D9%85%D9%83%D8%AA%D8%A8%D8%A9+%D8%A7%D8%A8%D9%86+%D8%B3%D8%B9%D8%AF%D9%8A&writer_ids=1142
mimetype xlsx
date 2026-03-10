--- v0 (2025-10-27)
+++ v1 (2026-03-10)
@@ -506,63 +506,63 @@
   <si>
     <t>المعين على تحصيل آداب العلم وأخلاق المتعلمين</t>
   </si>
   <si>
     <t>علي بن حسن الحلبي</t>
   </si>
   <si>
     <t>السياسة الشرعية</t>
   </si>
   <si>
     <t>السياسة الشرعية وآداب القضاء</t>
   </si>
   <si>
     <t>مؤسسة الجريسي - الرياض</t>
   </si>
   <si>
     <t>انتصار الحق</t>
   </si>
   <si>
     <t>الجهاد والغزو الفكري والتغريب والتنصير والتشييع</t>
   </si>
   <si>
     <t>الغزو الفكري</t>
   </si>
   <si>
+    <t>الدين الصحيح يحل جميع المشاكل</t>
+  </si>
+  <si>
+    <t>الأذكار الشرعية وسبل الوقاية من الشيطان</t>
+  </si>
+  <si>
+    <t>سبل الوقاية من الشيطان والهموم النفسية</t>
+  </si>
+  <si>
     <t>الوسائل المفيدة للحياة السعيدة</t>
   </si>
   <si>
-    <t>الأذكار الشرعية وسبل الوقاية من الشيطان</t>
-[...4 lines deleted...]
-  <si>
     <t>الجامعة الإسلامية - المدينة</t>
-  </si>
-[...1 lines deleted...]
-    <t>الدين الصحيح يحل جميع المشاكل</t>
   </si>
   <si>
     <t>الأسباب والأعمال التي يضاعف بها الثواب</t>
   </si>
   <si>
     <t>إيمانيات ورقائق وزهد وخطب ومنهيات وفضائل وتربية</t>
   </si>
   <si>
     <t>فضائل أعمال وأوقات وأمكنة وأحوال</t>
   </si>
   <si>
     <t>دار الفرقان - الجزائر</t>
   </si>
   <si>
     <t>د. محمد بن إبراهيم الحمد</t>
   </si>
   <si>
     <t>دار ابن خزيمة - الرياض</t>
   </si>
   <si>
     <t>مجموع خطب الشيخ عبد الرحمن بن سعدي</t>
   </si>
   <si>
     <t>خطـب</t>
   </si>
@@ -2289,71 +2289,71 @@
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="H54" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>164</v>
       </c>
       <c r="C55" t="s">
         <v>165</v>
       </c>
       <c r="D55" t="s">
         <v>166</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="H55" t="s">
-        <v>167</v>
+        <v>126</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C56" t="s">
         <v>165</v>
       </c>
       <c r="D56" t="s">
         <v>166</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="H56" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>169</v>
       </c>
       <c r="C57" t="s">
         <v>170</v>
       </c>
       <c r="D57" t="s">
         <v>171</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>36</v>
       </c>
       <c r="G57" t="s">
         <v>19</v>
       </c>
       <c r="H57" t="s">