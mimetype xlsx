--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
     <t>الناشر</t>
   </si>
   <si>
@@ -149,50 +149,62 @@
   <si>
     <t>تقديم الشيخ</t>
   </si>
   <si>
     <t>صالح بن فوزان الفوزان</t>
   </si>
   <si>
     <t>جمعية تحقيق</t>
   </si>
   <si>
     <t>الإيمان</t>
   </si>
   <si>
     <t>بحوث تأصيلية في الإيمان</t>
   </si>
   <si>
     <t>ابن تيمية، أحمد بن عبد الحليم (728 هـ)</t>
   </si>
   <si>
     <t>تحقيق</t>
   </si>
   <si>
     <t>سيد بن رجب</t>
   </si>
   <si>
+    <t>الإصابة في بيان عقيدة أهل السنة في الصحابة</t>
+  </si>
+  <si>
+    <t>العقيدة في الصحابة وآل البيت وفضائلهم</t>
+  </si>
+  <si>
+    <t>دغش بن شبيب العجمي</t>
+  </si>
+  <si>
+    <t>مكتبة دار النصيحة - المدينة</t>
+  </si>
+  <si>
     <t>بداية المستفيد ونهاية المفيد شرح كتاب التوحيد</t>
   </si>
   <si>
     <t>التوحيد</t>
   </si>
   <si>
     <t>شروح كتاب التوحيد لشيخ الإسلام محمد بن عبد الوهاب</t>
   </si>
   <si>
     <t>محمد الخميس ومحمد طاهري</t>
   </si>
   <si>
     <t>دار لطائف - الكويت</t>
   </si>
   <si>
     <t>المجموع في تقرير العقيدة السنية من كلام علماء الحنفية على كتاب (التوحيد) 2/1</t>
   </si>
   <si>
     <t>شاب الدين سيدوف</t>
   </si>
   <si>
     <t>مركز سطور البحث العلمي - المدينة</t>
   </si>
   <si>
     <t>صيانة الإنسان عن وسوسة الشيخ دحلان 2/1</t>
@@ -233,194 +245,341 @@
   <si>
     <t>علوم الحديث</t>
   </si>
   <si>
     <t>فوائد وبحوث في مصطلح الحديث</t>
   </si>
   <si>
     <t>محمد بن علي الصومعي</t>
   </si>
   <si>
     <t>دار الاستقامة - مصر</t>
   </si>
   <si>
     <t>النكت الملاح على مقدمة ابن الصلاح</t>
   </si>
   <si>
     <t>كتاب (علوم الحديث) لابن الصلاح وما عُمِل عليه (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>طارق بن عوض الله</t>
   </si>
   <si>
     <t>دار روائع الكتاب - الرياض</t>
   </si>
   <si>
+    <t>تاريخ واسط</t>
+  </si>
+  <si>
+    <t>التواريخ (مرتب بحسب تاريخ الوفاة)</t>
+  </si>
+  <si>
+    <t>أسلم بن سهل الرزاز الواسطي، المعروف بـ (بحشل) (292 هـ)</t>
+  </si>
+  <si>
+    <t>إدريس العبد</t>
+  </si>
+  <si>
+    <t>دار المعاني - الكويت</t>
+  </si>
+  <si>
+    <t>تاريخ ميافارقين</t>
+  </si>
+  <si>
+    <t>النرشخي، محمد بن جعفر (348 هـ)</t>
+  </si>
+  <si>
+    <t>تحقيق ودراسة</t>
+  </si>
+  <si>
+    <t>د. كريم الخولي و يوسف بالوكن</t>
+  </si>
+  <si>
+    <t>نوبهار - تركيا</t>
+  </si>
+  <si>
+    <t>المغني في الضعفاء 2/1</t>
+  </si>
+  <si>
+    <t>الضعفاء والوضاعين (مرتب بحسب تاريخ الوفاة)</t>
+  </si>
+  <si>
+    <t>شمس الدين الذهبي، محمد بن أحمد (748 هـ)</t>
+  </si>
+  <si>
+    <t>د. نور الدين عتر</t>
+  </si>
+  <si>
+    <t>دار المنهاج القويم - دمشق</t>
+  </si>
+  <si>
+    <t>حاشية الشيخ العلامة محمد بن علي الإتيوبي على كتاب تقريب التهذيب، ويليها تعليقات الشيخ عبد المحسن بن حمد العباد على مواضع من كتاب: تقريب التهذيب</t>
+  </si>
+  <si>
+    <t>الكمال في أسماء الرجال ومختصراته (مرتب بحسب تاريخ الوفاة)</t>
+  </si>
+  <si>
+    <t>جمع وإعداد</t>
+  </si>
+  <si>
+    <t>محمد بن عبيد الشحي</t>
+  </si>
+  <si>
     <t>الإمام أبو جعفر النحاس (238 هـ) وأثره في الحديث وعلومه</t>
   </si>
   <si>
     <t>جهود علماء في علم الحديث (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>علي بن محمد العمران</t>
   </si>
   <si>
+    <t>الإمام أبو جعفر ابن النحاس وأثره في الحديث وعلومه</t>
+  </si>
+  <si>
+    <t>الخبر الفصيح الجامع لفوائد مسند البخاري الصحيح 3/1</t>
+  </si>
+  <si>
+    <t>الحديث</t>
+  </si>
+  <si>
+    <t>شروحات وبحوث في صحيح البخاري</t>
+  </si>
+  <si>
+    <t>ابن التين، عبد الواحد بن عمر المالكي (611 هـ)</t>
+  </si>
+  <si>
+    <t>عطاءات العلم - الرياض</t>
+  </si>
+  <si>
+    <t>دار عطاءات العلم - الرياض</t>
+  </si>
+  <si>
+    <t>البدر المنير الساري في الكلام على صحيح البخاري 2/1</t>
+  </si>
+  <si>
+    <t>عبد الكريم بن عبد النور الحلبي (735 هـ)</t>
+  </si>
+  <si>
+    <t>اللجنة العلمية بدار الكمال المتحدة</t>
+  </si>
+  <si>
     <t>كتاب الالزام والتتبع</t>
   </si>
   <si>
-    <t>الحديث</t>
-[...1 lines deleted...]
-  <si>
     <t>كتب تعنى بالصحيحين</t>
   </si>
   <si>
     <t>الدارقطني، علي بن عمر (385 هـ)</t>
   </si>
   <si>
     <t>عصام بن بديع العوضي الخزرجي</t>
   </si>
   <si>
     <t>مكتبة الرشد - الرياض</t>
   </si>
   <si>
+    <t>المسند25/1</t>
+  </si>
+  <si>
+    <t>كتب الإمام أحمد المسندة (المسند والزهد)</t>
+  </si>
+  <si>
+    <t>أحمد بن حنبل (241 هـ)</t>
+  </si>
+  <si>
+    <t>مركز البحوث وتقنية المعلومات</t>
+  </si>
+  <si>
+    <t>دار التأصيل - القاهرة</t>
+  </si>
+  <si>
     <t>الغرائب الملتقطة من مسند الفردوس، المسمى (زهر الفردوس)</t>
   </si>
   <si>
     <t>بقية كتب الحديث - عام (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>ابن حجر، أحمد بن علي العسقلاني (852 هـ)</t>
   </si>
   <si>
     <t>تحقيق وتخريج وتعليق</t>
   </si>
   <si>
     <t>مجموعة من الباحثين</t>
   </si>
   <si>
     <t>جمعية دار البر - دبي</t>
   </si>
   <si>
+    <t>الجزء فيه من مجالس محمد بن علي النقاش الأصبهاني</t>
+  </si>
+  <si>
+    <t>أجزاء حديثية (مرتب بحسب تاريخ الوفاة)</t>
+  </si>
+  <si>
+    <t>النقاش، محمد بن علي الأصبهاني (414 هـ)</t>
+  </si>
+  <si>
+    <t>خالد بن محمد الأنصاري</t>
+  </si>
+  <si>
+    <t>فوائد العراقيين</t>
+  </si>
+  <si>
+    <t>جامع معمر بن راشد 6/1</t>
+  </si>
+  <si>
+    <t>كتب المصنفات والآثار</t>
+  </si>
+  <si>
+    <t>معمر بن راشد الأزدي (153 هـ)</t>
+  </si>
+  <si>
+    <t>إشراف</t>
+  </si>
+  <si>
+    <t>د. أحمد معبد عبد الكريم</t>
+  </si>
+  <si>
     <t>العلل المتناهية في الأحاديث الواهية</t>
   </si>
   <si>
     <t>الأحاديث والآثار الضعيفة والموضوعة</t>
   </si>
   <si>
     <t>ابن الجوزي، عبد الرحمن بن علي البغدادي (597 هـ)</t>
   </si>
   <si>
     <t>رامز خالد حاج حسن</t>
   </si>
   <si>
     <t>مؤسسة الرسالة - بيروت</t>
   </si>
   <si>
     <t>الأربعون الذوقية - أربعون حديثا مع شرحها في الذوق واحترام الآخرين</t>
   </si>
   <si>
     <t>أحاديث موضوعية</t>
   </si>
   <si>
     <t>محمد بن عبد الرحمن العريفي</t>
   </si>
   <si>
     <t>دار الحضارة - الرياض</t>
   </si>
   <si>
     <t>أقوال الصحابة الفقهية التي لا يعرف لها مخالف وأثرها في الاختلاف الفقهي 4/1</t>
   </si>
   <si>
     <t>الفقه</t>
   </si>
   <si>
     <t>بحوث في علم الفقه، ومناهج فقهاء</t>
   </si>
   <si>
     <t>خلود بنت طارق الفياض</t>
   </si>
   <si>
     <t>دار أطلس الخضراء - الرياض</t>
   </si>
   <si>
+    <t>المسائل التي خالف فيها شمس الدين ابن مفلح شيخه ابن تيمية في كتاب (الفروع)</t>
+  </si>
+  <si>
+    <t>مطولات في الفقه الحنبلي (مرتب بحسب تاريخ الوفاة)</t>
+  </si>
+  <si>
+    <t>إسماعيل إبراهيم الزبن</t>
+  </si>
+  <si>
     <t>شرح المحرر في الحديث 4/1</t>
   </si>
   <si>
     <t>كتب الحديث المصنفة على أبواب الفقه - عام (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>المرتب في أحاديث الأحكام - وهو اختصار للمحرر في الحديث لابن عبد الهادي</t>
   </si>
   <si>
     <t>أحمد بن إسماعيل الفرنوي الشافعي (787 هـ)</t>
   </si>
   <si>
     <t>ياسر بن عبد العزيز الثميري</t>
   </si>
   <si>
     <t>مجموعة الحديث على أبواب الفقه، للشيخ محمد بن عبد الوهاب - شرح لى باب الإمامة</t>
   </si>
   <si>
     <t>عناية</t>
   </si>
   <si>
     <t>د. سلمان بن جابر السويلم</t>
   </si>
   <si>
     <t>مكتبة الإمام الذهبي - الكويت</t>
   </si>
   <si>
     <t>زوائد كتاب (مجموع الحديث على أبواب الفقه) على كتاب (المنتقى) لمجد الدين أبي البركات ابن تيمية رحمه الله - من بداية الكتاب إلى نهاية باب صلاة الجنائز - جمعا ودراسة</t>
   </si>
   <si>
     <t>معاذ بن عبد الله الهندي</t>
   </si>
   <si>
-    <t>إشراف</t>
-[...1 lines deleted...]
-  <si>
     <t>د. صالح بن عبد الله عسيري</t>
   </si>
   <si>
     <t>الجامعة الإسلامية - المدينة</t>
   </si>
   <si>
     <t>شرح بلوغ المرام 16/1</t>
   </si>
   <si>
     <t>كتب الحديث المصنفة على أبواب الفقه - بلوغ المرام</t>
   </si>
   <si>
     <t>ابن باز، عبد العزيز بن عبد الله (1420 هـ)</t>
   </si>
   <si>
     <t>د. عبد العزيز بن قاسم و د. عمر الحفيان</t>
   </si>
   <si>
     <t>دار الدرر - الرياض</t>
   </si>
   <si>
+    <t>المنحة في تخريج أحاديث وآثار شرح العمدة 5/1</t>
+  </si>
+  <si>
+    <t>تخريج أحاديث كتب الفقه</t>
+  </si>
+  <si>
+    <t>خالد بن ضيف الله الشلاحي</t>
+  </si>
+  <si>
+    <t>مكتبة دار المنهاج القويم - دمشق</t>
+  </si>
+  <si>
     <t>الكتاب الثالث من البيوع</t>
   </si>
   <si>
     <t>فقه الأموال والمعاملات</t>
   </si>
   <si>
     <t>يحيى بن سلام البصري (200 هـ)</t>
   </si>
   <si>
     <t>د. محمد بن عبد الله الحمادي</t>
   </si>
   <si>
     <t>عقيدة الشيعة - اختصار لكتاب (أصول مذهب الشيعة الإثني عشرية)</t>
   </si>
   <si>
     <t>الأديان والفرق</t>
   </si>
   <si>
     <t>الشيعة والرافضة</t>
   </si>
   <si>
     <t>ناصر بن عبد الله القفاري</t>
   </si>
   <si>
     <t>إعداد</t>
@@ -446,291 +605,396 @@
   <si>
     <t>فتاوى ومجاميع رسائل ومؤلفات</t>
   </si>
   <si>
     <t>فتاوى لعلماء شتى</t>
   </si>
   <si>
     <t>محمد الطاهر بن عاشور (1393 هـ)</t>
   </si>
   <si>
     <t>دار الفوائد للنشر - بيروت</t>
   </si>
   <si>
     <t>مجموع رسائل الشيخ العلامة المحتسب عمر بن حسن بن حسين آل الشيخ (1395 هـ)</t>
   </si>
   <si>
     <t>عمر بن حسن بن حسين آل الشيخ (1395 هـ)</t>
   </si>
   <si>
     <t>د. ناصر بن سعود السلامة</t>
   </si>
   <si>
     <t>دار الصميعي - الرياض</t>
   </si>
   <si>
+    <t>الفوائد والفرائد المحققة</t>
+  </si>
+  <si>
+    <t>جمع وترتيب وتحقيق</t>
+  </si>
+  <si>
+    <t>د. صالح الحسن الغامدي</t>
+  </si>
+  <si>
     <t>مجموع الشروح الفقهية 35/1</t>
   </si>
   <si>
     <t>د. يحيى بن أحمد الزامل</t>
   </si>
   <si>
     <t>دار إيلاف الدولية - الكويت</t>
   </si>
   <si>
-    <t>الفوائد والفرائد المحققة</t>
-[...7 lines deleted...]
-  <si>
     <t>مختصر فتاوى ابن عثيمين 2/1 - العبادات</t>
   </si>
   <si>
     <t>أحمد بن ناصر الطيار</t>
   </si>
   <si>
+    <t>الفقه المختار من كلام الأخيار 7/1</t>
+  </si>
+  <si>
+    <t>عبد الله بن عبد الرحمن البسام (1423 هـ)</t>
+  </si>
+  <si>
+    <t>صالح بن عبد الله بن حميد</t>
+  </si>
+  <si>
+    <t>دار الميمان - الرياض</t>
+  </si>
+  <si>
     <t>المهذب في سيرة النبي محمد - صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>سيرة النبي صلى الله عليه وسلم والصحابة وقصص الأنبياء</t>
   </si>
   <si>
     <t>سيرة الرسول صلى الله عليه وسلم (مرتبة بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>علي العمران وعبد العزيز الحمين</t>
   </si>
   <si>
     <t>إقليد المعرفة - الرياض</t>
   </si>
   <si>
     <t>سيرة الصديق وأيامه في حالتي جاهليته وإسلامه</t>
   </si>
   <si>
     <t>سيرة الصحابة وأمهات المؤمنين</t>
   </si>
   <si>
     <t>ابن كثير، إسماعيل بن عمر (774 هـ)</t>
   </si>
   <si>
     <t>محمود بن خيري أبو شمة</t>
   </si>
   <si>
     <t>دار مكة العالمية - بريطانيا</t>
   </si>
   <si>
+    <t>الجزء الرابع من كتاب العلم</t>
+  </si>
+  <si>
+    <t>فضل العلم وذم التقليد وأدب الخلاف والفتوى</t>
+  </si>
+  <si>
+    <t>فضل العلم وآدابه وطرق تحصيله</t>
+  </si>
+  <si>
+    <t>المروزي، أحمد بن علي (292 هـ)</t>
+  </si>
+  <si>
+    <t>عمرو عبد العظيم الحويني</t>
+  </si>
+  <si>
+    <t>مكتبة الخانجي - القاهرة</t>
+  </si>
+  <si>
     <t>تذكرة السامع والمتكلم في آداب العالم والتعلم</t>
   </si>
   <si>
-    <t>فضل العلم وذم التقليد وأدب الخلاف والفتوى</t>
-[...4 lines deleted...]
-  <si>
     <t>ابن جماعة، محمد بن إبراهيم الكناني (733 هـ)</t>
   </si>
   <si>
     <t>نضال بن عبد الكريم البرازي</t>
   </si>
   <si>
     <t>دليل الدعاة 16/1</t>
   </si>
   <si>
     <t>الدعوة والمناهج الدعوية</t>
   </si>
   <si>
     <t>الدعوة الى الله ووسائلها</t>
   </si>
   <si>
     <t>محمد بن عبد العزيز العواجي</t>
   </si>
   <si>
     <t>حزب الإمام يحيى بن شرف النووي</t>
   </si>
   <si>
     <t>الأذكار الشرعية وسبل الوقاية من الشيطان</t>
   </si>
   <si>
     <t>مختصرات في الأذكار</t>
   </si>
   <si>
     <t>النووي، يحيى بن شرف (676 هـ)</t>
   </si>
   <si>
     <t>د. محمد ححود التلمساني</t>
   </si>
   <si>
     <t>نون - مصر</t>
   </si>
   <si>
+    <t>شرح الوسائل المفيدة للحياة السعيدة</t>
+  </si>
+  <si>
+    <t>سبل الوقاية من الشيطان والهموم النفسية</t>
+  </si>
+  <si>
+    <t>حمد بن إبراهيم العثمان</t>
+  </si>
+  <si>
+    <t>دار الإمام أحمد - مصر</t>
+  </si>
+  <si>
     <t>تهذيب (أعمال القلوب)</t>
   </si>
   <si>
     <t>إيمانيات ورقائق وزهد وخطب ومنهيات وفضائل وتربية</t>
   </si>
   <si>
     <t>مقامات العبودية وأعمال القلوب</t>
   </si>
   <si>
     <t>خالد بن عثمان السبت</t>
   </si>
   <si>
     <t>دار ابن الجوزي - الدمام</t>
   </si>
   <si>
     <t>الزهد – الجزء الثالث عشر (يطبع لأول مرة)</t>
   </si>
   <si>
     <t>الزهد والسلوك والعزلة والبكاء</t>
   </si>
   <si>
-    <t>أحمد بن حنبل (241 هـ)</t>
-[...1 lines deleted...]
-  <si>
     <t>محمود بن شوقي بن مفلح</t>
   </si>
   <si>
     <t>دار الرياحين - بيروت</t>
   </si>
   <si>
+    <t>من خطب الجامع الكبير بالمجمعة 4/1</t>
+  </si>
+  <si>
+    <t>خطـب</t>
+  </si>
+  <si>
+    <t>ناصر بن أحمد المحرج</t>
+  </si>
+  <si>
     <t>بستان الواعظين ورياض السامعين</t>
   </si>
   <si>
     <t>مواعظ</t>
   </si>
   <si>
     <t>صابر فتحي ورضا جمال</t>
   </si>
   <si>
     <t>الحدائق في أحاديث خير الخلائق 6/1</t>
   </si>
   <si>
     <t>إيمانيات - عام</t>
   </si>
   <si>
     <t>تحقيق وتعليق</t>
   </si>
   <si>
     <t>خالد بن باكير الأزهري</t>
   </si>
   <si>
     <t>الدار الشامية - اسطنبول</t>
   </si>
   <si>
     <t>الطب الروحاني</t>
   </si>
   <si>
     <t>د. محمد بن مهدي العجمي</t>
   </si>
   <si>
     <t>دار المحدث - الرياض</t>
   </si>
   <si>
+    <t>تاريخ الخلفاء 2/1</t>
+  </si>
+  <si>
+    <t>التاريخ وما يُلحق به</t>
+  </si>
+  <si>
+    <t>تاريخ الخلفاء الراشدين</t>
+  </si>
+  <si>
+    <t>جلال الدين السيوطي، عبدالرحمن ابن الكمال (911 هـ)</t>
+  </si>
+  <si>
+    <t>د. عمار محمد النهار</t>
+  </si>
+  <si>
+    <t>دار ابن كثير - دمشق</t>
+  </si>
+  <si>
+    <t>مجموعة التاريخ والتراجم (تقع ضمن مجموع رسائل العلامة السيوطي - مجلد 30)</t>
+  </si>
+  <si>
+    <t>بحوث تاريخية متفرقة</t>
+  </si>
+  <si>
+    <t>تحقيق وتعليق وتخريج</t>
+  </si>
+  <si>
+    <t>جمال عبد الرحيم الفارس</t>
+  </si>
+  <si>
+    <t>دار اللباب - اسطنبول</t>
+  </si>
+  <si>
     <t>روضة الأفكار والأفهام لمرتاد حال الإمام وتعداد غزوات ذوي الإسلام 2/1</t>
   </si>
   <si>
-    <t>التاريخ وما يُلحق به</t>
-[...1 lines deleted...]
-  <si>
     <t>تاريخ نجد والدولة السعودية</t>
   </si>
   <si>
     <t>حسين بن غنام (1225 هـ)</t>
   </si>
   <si>
     <t>د. تركي بن فهد بن عبد الله آل سعود</t>
   </si>
   <si>
     <t>مركز العوجا للبحوث والدراسات - الرياض</t>
   </si>
   <si>
     <t>طبقات الحنفية</t>
   </si>
   <si>
     <t>تراجم الأعلام ووفياتهم وأنسابهم وطبقاتهم</t>
   </si>
   <si>
     <t>طبقات علماء المذاهب</t>
   </si>
   <si>
     <t>السخاوي، محمد بن عبد الرحمن (902 هـ)</t>
   </si>
   <si>
     <t>عبد الله بن عبد العزيز الشبراوي</t>
   </si>
   <si>
     <t>السلوك في طبقات العلماء والملوك 3/1</t>
   </si>
   <si>
     <t>مجاميع تراجم الأعلام ووفياتهم</t>
   </si>
   <si>
     <t>محمد بن يوسف الجندي (732 هـ)</t>
   </si>
   <si>
     <t>السلوك في طبقات العلماء والملوك 2/1</t>
   </si>
   <si>
     <t>محمد بن علي الأكوع</t>
   </si>
   <si>
     <t>مكتبة الإرشاد - صنعاء</t>
   </si>
   <si>
+    <t>المؤلفون العثمانيون</t>
+  </si>
+  <si>
+    <t>محمد طاهر البروسوي</t>
+  </si>
+  <si>
+    <t>د. محمد علي يكتا</t>
+  </si>
+  <si>
+    <t>الأكاديمية التركية للعلوم - TUBA</t>
+  </si>
+  <si>
+    <t>الباب في معرفة الأنساب، المشهور بـ (اللباب في معرفة الأنساب)</t>
+  </si>
+  <si>
+    <t>الأنساب</t>
+  </si>
+  <si>
+    <t>أحمد بن محمد الأشعري القرتبي (ت نحو 550 هـ)</t>
+  </si>
+  <si>
+    <t>أحمد بن سليمان الترباني</t>
+  </si>
+  <si>
     <t>عبير الياسمين في سيرة الشيخ عبد الله بن عبد الرحمن بن جبرين</t>
   </si>
   <si>
     <t>سير علماء نجد - أجزاء (مرتب بحسب تاريخ الوفاة)</t>
   </si>
   <si>
     <t>طارق بن محمد الخويطر</t>
   </si>
   <si>
     <t>د. صالح بن حميد</t>
   </si>
   <si>
     <t>هداية الساري لسيرة البخاري، ومعه ترجمة الإمام البخاري لعلي بن عبد المحسن الدمشقي (ابن الدواليبي البغدادي 862 هـ)</t>
   </si>
   <si>
     <t>تراجم محدثين وعلماء ومفكرين - أجزاء</t>
   </si>
   <si>
     <t>حسنين مهدي/عبد الرحيم يوسفان</t>
   </si>
   <si>
-    <t>دار المنهاج القويم - دمشق</t>
+    <t>معجم مصطلحات الدعوة والأعلام (عربي-إنكليزي)</t>
+  </si>
+  <si>
+    <t>المعاجم والفهارس والمخطوطات</t>
+  </si>
+  <si>
+    <t>معاجم وفهارس</t>
+  </si>
+  <si>
+    <t>طه أحمد الزيدي</t>
+  </si>
+  <si>
+    <t>دار النفائس - الأردن</t>
   </si>
   <si>
     <t>كتب الفقه الحنبلي وأصوله المخطوطة بمكتبات المملكة العربية السعودية العامة</t>
-  </si>
-[...1 lines deleted...]
-    <t>المعاجم والفهارس والمخطوطات</t>
   </si>
   <si>
     <t>مخطوطات</t>
   </si>
   <si>
     <t>ناصر بن سعود السلامة (1447 هـ)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1040,51 +1304,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1260,1030 +1524,1583 @@
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
         <v>46</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>47</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C12" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" t="s">
         <v>58</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>59</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" t="s">
         <v>60</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
         <v>64</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>65</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
         <v>66</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15" t="s">
         <v>71</v>
       </c>
       <c r="H15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>74</v>
       </c>
       <c r="E16" t="s">
         <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>78</v>
       </c>
       <c r="E17" t="s">
         <v>79</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>80</v>
       </c>
       <c r="H17" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D18" t="s">
+        <v>78</v>
+      </c>
+      <c r="E18" t="s">
         <v>83</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>84</v>
       </c>
-      <c r="F18" t="s">
+      <c r="G18" t="s">
         <v>85</v>
       </c>
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" t="s">
         <v>88</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F19" t="s">
         <v>43</v>
       </c>
       <c r="G19" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" t="s">
+        <v>69</v>
+      </c>
+      <c r="D20" t="s">
         <v>93</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>94</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>95</v>
       </c>
       <c r="H20" t="s">
-        <v>96</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21" t="s">
         <v>97</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>98</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H21" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C22" t="s">
+        <v>69</v>
+      </c>
+      <c r="D22" t="s">
+        <v>97</v>
+      </c>
+      <c r="E22" t="s">
         <v>98</v>
       </c>
-      <c r="D22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" t="s">
+        <v>102</v>
+      </c>
+      <c r="E23" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
         <v>104</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>102</v>
+      </c>
+      <c r="E24" t="s">
         <v>107</v>
       </c>
-      <c r="C24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
         <v>108</v>
       </c>
-      <c r="G24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H24" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" t="s">
+        <v>101</v>
+      </c>
+      <c r="D25" t="s">
+        <v>110</v>
+      </c>
+      <c r="E25" t="s">
         <v>111</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
         <v>112</v>
       </c>
-      <c r="F25" t="s">
+      <c r="H25" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>114</v>
+      </c>
+      <c r="C26" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" t="s">
+        <v>115</v>
+      </c>
+      <c r="E26" t="s">
         <v>116</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="F26" t="s">
+        <v>84</v>
+      </c>
+      <c r="G26" t="s">
         <v>117</v>
       </c>
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" t="s">
+        <v>120</v>
+      </c>
+      <c r="E27" t="s">
         <v>121</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="F27" t="s">
         <v>122</v>
       </c>
-      <c r="E27" t="s">
+      <c r="G27" t="s">
         <v>123</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>125</v>
       </c>
       <c r="C28" t="s">
+        <v>101</v>
+      </c>
+      <c r="D28" t="s">
         <v>126</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>127</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
         <v>128</v>
       </c>
-      <c r="F28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C29" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" t="s">
         <v>126</v>
       </c>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>134</v>
+        <v>127</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>128</v>
       </c>
       <c r="H29" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C30" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="D30" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="E30" t="s">
-        <v>138</v>
+        <v>132</v>
+      </c>
+      <c r="F30" t="s">
+        <v>133</v>
+      </c>
+      <c r="G30" t="s">
+        <v>134</v>
       </c>
       <c r="H30" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C31" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" t="s">
         <v>136</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>137</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" t="s">
-        <v>129</v>
+        <v>43</v>
       </c>
       <c r="G31" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="H31" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C32" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="D32" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E32" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="H32" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>144</v>
+      </c>
+      <c r="C33" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" t="s">
+        <v>146</v>
+      </c>
+      <c r="E33" t="s">
         <v>147</v>
       </c>
-      <c r="C33" t="s">
-[...8 lines deleted...]
-      <c r="F33" t="s">
+      <c r="H33" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" t="s">
+        <v>145</v>
+      </c>
+      <c r="D34" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E34" t="s">
         <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>152</v>
       </c>
       <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
         <v>153</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" t="s">
-        <v>155</v>
+        <v>11</v>
       </c>
       <c r="H35" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C36" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" t="s">
         <v>153</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>155</v>
       </c>
       <c r="G36" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="H36" t="s">
-        <v>161</v>
+        <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C37" t="s">
-        <v>163</v>
+        <v>145</v>
       </c>
       <c r="D37" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="E37" t="s">
-        <v>165</v>
+        <v>38</v>
       </c>
       <c r="F37" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
       <c r="G37" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="H37" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C38" t="s">
-        <v>168</v>
+        <v>145</v>
       </c>
       <c r="D38" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="E38" t="s">
-        <v>170</v>
+        <v>162</v>
+      </c>
+      <c r="F38" t="s">
+        <v>133</v>
+      </c>
+      <c r="G38" t="s">
+        <v>163</v>
       </c>
       <c r="H38" t="s">
-        <v>52</v>
+        <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C39" t="s">
-        <v>172</v>
+        <v>145</v>
       </c>
       <c r="D39" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="E39" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="F39" t="s">
-        <v>23</v>
+        <v>158</v>
       </c>
       <c r="G39" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="H39" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="C40" t="s">
-        <v>178</v>
+        <v>145</v>
       </c>
       <c r="D40" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="E40" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="H40" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C41" t="s">
-        <v>178</v>
+        <v>145</v>
       </c>
       <c r="D41" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="E41" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="F41" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G41" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="H41" t="s">
-        <v>186</v>
+        <v>124</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C42" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D42" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="E42" t="s">
-        <v>90</v>
+        <v>181</v>
       </c>
       <c r="F42" t="s">
-        <v>43</v>
+        <v>182</v>
       </c>
       <c r="G42" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="H42" t="s">
-        <v>96</v>
+        <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D43" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="E43" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="H43" t="s">
-        <v>194</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C44" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="D44" t="s">
+        <v>190</v>
+      </c>
+      <c r="E44" t="s">
         <v>191</v>
       </c>
-      <c r="E44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H44" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C45" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="D45" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="E45" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="F45" t="s">
-        <v>43</v>
+        <v>182</v>
       </c>
       <c r="G45" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="H45" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="C46" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="D46" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="E46" t="s">
-        <v>207</v>
+        <v>167</v>
       </c>
       <c r="F46" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="G46" t="s">
-        <v>208</v>
+        <v>199</v>
+      </c>
+      <c r="H46" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C47" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="D47" t="s">
-        <v>210</v>
+        <v>190</v>
       </c>
       <c r="E47" t="s">
-        <v>211</v>
+        <v>167</v>
+      </c>
+      <c r="F47" t="s">
+        <v>158</v>
+      </c>
+      <c r="G47" t="s">
+        <v>201</v>
       </c>
       <c r="H47" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="C48" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="D48" t="s">
-        <v>210</v>
+        <v>190</v>
       </c>
       <c r="E48" t="s">
-        <v>211</v>
-[...5 lines deleted...]
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="H48" t="s">
-        <v>214</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="C49" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="D49" t="s">
-        <v>216</v>
+        <v>190</v>
       </c>
       <c r="E49" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="F49" t="s">
         <v>37</v>
       </c>
       <c r="G49" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>208</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="C50" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D50" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="E50" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="H50" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>214</v>
+      </c>
+      <c r="C51" t="s">
+        <v>210</v>
+      </c>
+      <c r="D51" t="s">
+        <v>215</v>
+      </c>
+      <c r="E51" t="s">
+        <v>216</v>
+      </c>
+      <c r="F51" t="s">
+        <v>122</v>
+      </c>
+      <c r="G51" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52" t="s">
+        <v>219</v>
+      </c>
+      <c r="C52" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" t="s">
+        <v>221</v>
+      </c>
+      <c r="E52" t="s">
+        <v>222</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
         <v>223</v>
       </c>
-      <c r="C51" t="s">
+      <c r="H52" t="s">
         <v>224</v>
       </c>
-      <c r="D51" t="s">
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53" t="s">
         <v>225</v>
       </c>
-      <c r="E51" t="s">
+      <c r="C53" t="s">
+        <v>220</v>
+      </c>
+      <c r="D53" t="s">
+        <v>221</v>
+      </c>
+      <c r="E53" t="s">
         <v>226</v>
       </c>
-      <c r="H51" t="s">
-        <v>101</v>
+      <c r="F53" t="s">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
+        <v>227</v>
+      </c>
+      <c r="H53" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54">
+        <v>53</v>
+      </c>
+      <c r="B54" t="s">
+        <v>228</v>
+      </c>
+      <c r="C54" t="s">
+        <v>229</v>
+      </c>
+      <c r="D54" t="s">
+        <v>230</v>
+      </c>
+      <c r="E54" t="s">
+        <v>231</v>
+      </c>
+      <c r="H54" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55">
+        <v>54</v>
+      </c>
+      <c r="B55" t="s">
+        <v>232</v>
+      </c>
+      <c r="C55" t="s">
+        <v>233</v>
+      </c>
+      <c r="D55" t="s">
+        <v>234</v>
+      </c>
+      <c r="E55" t="s">
+        <v>235</v>
+      </c>
+      <c r="F55" t="s">
+        <v>23</v>
+      </c>
+      <c r="G55" t="s">
+        <v>236</v>
+      </c>
+      <c r="H55" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56">
+        <v>55</v>
+      </c>
+      <c r="B56" t="s">
+        <v>238</v>
+      </c>
+      <c r="C56" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" t="s">
+        <v>239</v>
+      </c>
+      <c r="E56" t="s">
+        <v>240</v>
+      </c>
+      <c r="H56" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57">
+        <v>56</v>
+      </c>
+      <c r="B57" t="s">
+        <v>242</v>
+      </c>
+      <c r="C57" t="s">
+        <v>243</v>
+      </c>
+      <c r="D57" t="s">
+        <v>244</v>
+      </c>
+      <c r="E57" t="s">
+        <v>245</v>
+      </c>
+      <c r="H57" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58">
+        <v>57</v>
+      </c>
+      <c r="B58" t="s">
+        <v>247</v>
+      </c>
+      <c r="C58" t="s">
+        <v>243</v>
+      </c>
+      <c r="D58" t="s">
+        <v>248</v>
+      </c>
+      <c r="E58" t="s">
+        <v>116</v>
+      </c>
+      <c r="F58" t="s">
+        <v>158</v>
+      </c>
+      <c r="G58" t="s">
+        <v>249</v>
+      </c>
+      <c r="H58" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59">
+        <v>58</v>
+      </c>
+      <c r="B59" t="s">
+        <v>251</v>
+      </c>
+      <c r="C59" t="s">
+        <v>243</v>
+      </c>
+      <c r="D59" t="s">
+        <v>252</v>
+      </c>
+      <c r="E59" t="s">
+        <v>253</v>
+      </c>
+      <c r="H59" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60" t="s">
+        <v>254</v>
+      </c>
+      <c r="C60" t="s">
+        <v>243</v>
+      </c>
+      <c r="D60" t="s">
+        <v>255</v>
+      </c>
+      <c r="E60" t="s">
+        <v>137</v>
+      </c>
+      <c r="F60" t="s">
+        <v>43</v>
+      </c>
+      <c r="G60" t="s">
+        <v>256</v>
+      </c>
+      <c r="H60" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61" t="s">
+        <v>257</v>
+      </c>
+      <c r="C61" t="s">
+        <v>243</v>
+      </c>
+      <c r="D61" t="s">
+        <v>258</v>
+      </c>
+      <c r="E61" t="s">
+        <v>137</v>
+      </c>
+      <c r="F61" t="s">
+        <v>259</v>
+      </c>
+      <c r="G61" t="s">
+        <v>260</v>
+      </c>
+      <c r="H61" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62">
+        <v>61</v>
+      </c>
+      <c r="B62" t="s">
+        <v>262</v>
+      </c>
+      <c r="C62" t="s">
+        <v>243</v>
+      </c>
+      <c r="D62" t="s">
+        <v>258</v>
+      </c>
+      <c r="E62" t="s">
+        <v>137</v>
+      </c>
+      <c r="F62" t="s">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>263</v>
+      </c>
+      <c r="H62" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63">
+        <v>62</v>
+      </c>
+      <c r="B63" t="s">
+        <v>265</v>
+      </c>
+      <c r="C63" t="s">
+        <v>266</v>
+      </c>
+      <c r="D63" t="s">
+        <v>267</v>
+      </c>
+      <c r="E63" t="s">
+        <v>268</v>
+      </c>
+      <c r="F63" t="s">
+        <v>84</v>
+      </c>
+      <c r="G63" t="s">
+        <v>269</v>
+      </c>
+      <c r="H63" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64">
+        <v>63</v>
+      </c>
+      <c r="B64" t="s">
+        <v>271</v>
+      </c>
+      <c r="C64" t="s">
+        <v>266</v>
+      </c>
+      <c r="D64" t="s">
+        <v>272</v>
+      </c>
+      <c r="E64" t="s">
+        <v>268</v>
+      </c>
+      <c r="F64" t="s">
+        <v>273</v>
+      </c>
+      <c r="G64" t="s">
+        <v>274</v>
+      </c>
+      <c r="H64" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65">
+        <v>64</v>
+      </c>
+      <c r="B65" t="s">
+        <v>276</v>
+      </c>
+      <c r="C65" t="s">
+        <v>266</v>
+      </c>
+      <c r="D65" t="s">
+        <v>277</v>
+      </c>
+      <c r="E65" t="s">
+        <v>278</v>
+      </c>
+      <c r="F65" t="s">
+        <v>43</v>
+      </c>
+      <c r="G65" t="s">
+        <v>279</v>
+      </c>
+      <c r="H65" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66">
+        <v>65</v>
+      </c>
+      <c r="B66" t="s">
+        <v>281</v>
+      </c>
+      <c r="C66" t="s">
+        <v>282</v>
+      </c>
+      <c r="D66" t="s">
+        <v>283</v>
+      </c>
+      <c r="E66" t="s">
+        <v>284</v>
+      </c>
+      <c r="F66" t="s">
+        <v>259</v>
+      </c>
+      <c r="G66" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67">
+        <v>66</v>
+      </c>
+      <c r="B67" t="s">
+        <v>286</v>
+      </c>
+      <c r="C67" t="s">
+        <v>282</v>
+      </c>
+      <c r="D67" t="s">
+        <v>287</v>
+      </c>
+      <c r="E67" t="s">
+        <v>288</v>
+      </c>
+      <c r="H67" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68">
+        <v>67</v>
+      </c>
+      <c r="B68" t="s">
+        <v>289</v>
+      </c>
+      <c r="C68" t="s">
+        <v>282</v>
+      </c>
+      <c r="D68" t="s">
+        <v>287</v>
+      </c>
+      <c r="E68" t="s">
+        <v>288</v>
+      </c>
+      <c r="F68" t="s">
+        <v>43</v>
+      </c>
+      <c r="G68" t="s">
+        <v>290</v>
+      </c>
+      <c r="H68" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69">
+        <v>68</v>
+      </c>
+      <c r="B69" t="s">
+        <v>292</v>
+      </c>
+      <c r="C69" t="s">
+        <v>282</v>
+      </c>
+      <c r="D69" t="s">
+        <v>287</v>
+      </c>
+      <c r="E69" t="s">
+        <v>293</v>
+      </c>
+      <c r="F69" t="s">
+        <v>43</v>
+      </c>
+      <c r="G69" t="s">
+        <v>294</v>
+      </c>
+      <c r="H69" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70" t="s">
+        <v>296</v>
+      </c>
+      <c r="C70" t="s">
+        <v>282</v>
+      </c>
+      <c r="D70" t="s">
+        <v>297</v>
+      </c>
+      <c r="E70" t="s">
+        <v>298</v>
+      </c>
+      <c r="F70" t="s">
+        <v>23</v>
+      </c>
+      <c r="G70" t="s">
+        <v>299</v>
+      </c>
+      <c r="H70" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71" t="s">
+        <v>300</v>
+      </c>
+      <c r="C71" t="s">
+        <v>282</v>
+      </c>
+      <c r="D71" t="s">
+        <v>301</v>
+      </c>
+      <c r="E71" t="s">
+        <v>302</v>
+      </c>
+      <c r="F71" t="s">
+        <v>37</v>
+      </c>
+      <c r="G71" t="s">
+        <v>303</v>
+      </c>
+      <c r="H71" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72" t="s">
+        <v>304</v>
+      </c>
+      <c r="C72" t="s">
+        <v>282</v>
+      </c>
+      <c r="D72" t="s">
+        <v>305</v>
+      </c>
+      <c r="E72" t="s">
+        <v>121</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>306</v>
+      </c>
+      <c r="H72" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73">
+        <v>72</v>
+      </c>
+      <c r="B73" t="s">
+        <v>307</v>
+      </c>
+      <c r="C73" t="s">
+        <v>308</v>
+      </c>
+      <c r="D73" t="s">
+        <v>309</v>
+      </c>
+      <c r="E73" t="s">
+        <v>310</v>
+      </c>
+      <c r="H73" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74">
+        <v>73</v>
+      </c>
+      <c r="B74" t="s">
+        <v>312</v>
+      </c>
+      <c r="C74" t="s">
+        <v>308</v>
+      </c>
+      <c r="D74" t="s">
+        <v>313</v>
+      </c>
+      <c r="E74" t="s">
+        <v>314</v>
+      </c>
+      <c r="H74" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">